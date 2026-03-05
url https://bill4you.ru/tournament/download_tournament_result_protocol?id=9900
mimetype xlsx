--- v0 (2025-12-21)
+++ v1 (2026-03-05)
@@ -50,87 +50,87 @@
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 6</t>
   </si>
   <si>
     <t>7 - 8</t>
   </si>
   <si>
     <t>Главный судья</t>
   </si>
   <si>
     <t>Главный секретарь</t>
   </si>
   <si>
     <t>Судья</t>
   </si>
   <si>
     <t>Спортсмен</t>
   </si>
   <si>
-    <t>Захарова Екатерина</t>
+    <t>Матвиенко Ника</t>
   </si>
   <si>
     <t>Конкина Ольга</t>
   </si>
   <si>
-    <t>Матвиенко Ника</t>
+    <t>Захарова Екатерина</t>
   </si>
   <si>
     <t>Петухова Антонина</t>
   </si>
   <si>
     <t>Гришина Александра</t>
   </si>
   <si>
     <t>Митрофанова Ольга</t>
   </si>
   <si>
     <t>Гурова Виктория</t>
   </si>
   <si>
     <t>Шепелёва Ксения</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
-    <t>КМС</t>
+    <t>МС</t>
   </si>
   <si>
-    <t>МС</t>
+    <t>КМС</t>
   </si>
   <si>
     <t>1р</t>
   </si>
   <si>
     <t>Регион</t>
   </si>
   <si>
     <t>Москва</t>
   </si>
   <si>
     <t>Санкт-Петербург</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -596,175 +596,181 @@
       <c r="A5" s="6" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="8" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="8" t="s">
         <v>11</v>
       </c>
       <c r="C7" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D7" s="8" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="8" t="s">
         <v>26</v>
       </c>
       <c r="F7" s="1"/>
       <c r="G7" s="1"/>
       <c r="H7" s="1"/>
     </row>
     <row r="8" spans="1:8">
-      <c r="A8" s="8"/>
+      <c r="A8" s="8">
+        <v>1</v>
+      </c>
       <c r="B8" s="9" t="s">
         <v>12</v>
       </c>
       <c r="C8" s="8">
-        <v>2007</v>
+        <v>2005</v>
       </c>
       <c r="D8" s="8" t="s">
         <v>23</v>
       </c>
       <c r="E8" s="9" t="s">
         <v>27</v>
       </c>
       <c r="F8" s="1"/>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
     </row>
     <row r="9" spans="1:8">
-      <c r="A9" s="8"/>
+      <c r="A9" s="8">
+        <v>2</v>
+      </c>
       <c r="B9" s="9" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="8">
         <v>2007</v>
       </c>
       <c r="D9" s="8" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="E9" s="9" t="s">
         <v>27</v>
       </c>
       <c r="F9" s="1"/>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
     </row>
     <row r="10" spans="1:8">
-      <c r="A10" s="8"/>
+      <c r="A10" s="8">
+        <v>3</v>
+      </c>
       <c r="B10" s="9" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="8">
-        <v>2005</v>
+        <v>2007</v>
       </c>
       <c r="D10" s="8" t="s">
         <v>24</v>
       </c>
       <c r="E10" s="9" t="s">
         <v>27</v>
       </c>
       <c r="F10" s="1"/>
       <c r="G10" s="1"/>
       <c r="H10" s="1"/>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="8">
         <v>4</v>
       </c>
       <c r="B11" s="9" t="s">
         <v>15</v>
       </c>
       <c r="C11" s="8">
         <v>2010</v>
       </c>
       <c r="D11" s="8" t="s">
         <v>25</v>
       </c>
       <c r="E11" s="9" t="s">
         <v>27</v>
       </c>
       <c r="F11" s="1"/>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B12" s="9" t="s">
         <v>16</v>
       </c>
       <c r="C12" s="8">
         <v>2005</v>
       </c>
       <c r="D12" s="8" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E12" s="9" t="s">
         <v>27</v>
       </c>
       <c r="F12" s="1"/>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="9" t="s">
         <v>17</v>
       </c>
       <c r="C13" s="8">
         <v>1981</v>
       </c>
       <c r="D13" s="8" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="E13" s="9" t="s">
         <v>28</v>
       </c>
       <c r="F13" s="1"/>
       <c r="G13" s="1"/>
       <c r="H13" s="1"/>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>18</v>
       </c>
       <c r="C14" s="8">
         <v>2000</v>
       </c>
       <c r="D14" s="8" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="E14" s="9" t="s">
         <v>27</v>
       </c>
       <c r="F14" s="1"/>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B15" s="9" t="s">
         <v>19</v>
       </c>
       <c r="C15" s="8">
         <v>2011</v>
       </c>
       <c r="D15" s="8" t="s">
         <v>25</v>
       </c>
       <c r="E15" s="9" t="s">
         <v>27</v>
       </c>
       <c r="F15" s="1"/>