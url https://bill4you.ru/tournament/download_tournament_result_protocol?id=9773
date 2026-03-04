--- v0 (2026-01-11)
+++ v1 (2026-03-04)
@@ -209,54 +209,54 @@
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>Салмова Анастасия</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>1р</t>
   </si>
   <si>
     <t>КМС</t>
   </si>
   <si>
     <t>2р</t>
   </si>
   <si>
-    <t>3р</t>
+    <t>1юн</t>
   </si>
   <si>
-    <t>1юн</t>
+    <t>3р</t>
   </si>
   <si>
     <t>Город</t>
   </si>
   <si>
     <t>Казань</t>
   </si>
   <si>
     <t>Москва</t>
   </si>
   <si>
     <t>Нижний Новгород</t>
   </si>
   <si>
     <t>Киров</t>
   </si>
   <si>
     <t>Калуга</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -1056,51 +1056,51 @@
       </c>
       <c r="C23" s="8">
         <v>2010</v>
       </c>
       <c r="D23" s="8" t="s">
         <v>61</v>
       </c>
       <c r="E23" s="9" t="s">
         <v>69</v>
       </c>
       <c r="F23" s="1"/>
       <c r="G23" s="1"/>
       <c r="H23" s="1"/>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B24" s="9" t="s">
         <v>31</v>
       </c>
       <c r="C24" s="8">
         <v>1987</v>
       </c>
       <c r="D24" s="8" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="E24" s="9" t="s">
         <v>70</v>
       </c>
       <c r="F24" s="1"/>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B25" s="9" t="s">
         <v>32</v>
       </c>
       <c r="C25" s="8">
         <v>1987</v>
       </c>
       <c r="D25" s="8" t="s">
         <v>62</v>
       </c>
       <c r="E25" s="9" t="s">
         <v>71</v>
       </c>
       <c r="F25" s="1"/>
@@ -1156,51 +1156,51 @@
       </c>
       <c r="C28" s="8">
         <v>2013</v>
       </c>
       <c r="D28" s="8" t="s">
         <v>61</v>
       </c>
       <c r="E28" s="9" t="s">
         <v>72</v>
       </c>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B29" s="9" t="s">
         <v>36</v>
       </c>
       <c r="C29" s="8">
         <v>2013</v>
       </c>
       <c r="D29" s="8" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="E29" s="9" t="s">
         <v>69</v>
       </c>
       <c r="F29" s="1"/>
       <c r="G29" s="1"/>
       <c r="H29" s="1"/>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B30" s="9" t="s">
         <v>37</v>
       </c>
       <c r="C30" s="8">
         <v>2007</v>
       </c>
       <c r="D30" s="8" t="s">
         <v>63</v>
       </c>
       <c r="E30" s="9" t="s">
         <v>68</v>
       </c>
       <c r="F30" s="1"/>
@@ -1356,51 +1356,51 @@
       </c>
       <c r="C38" s="8">
         <v>2010</v>
       </c>
       <c r="D38" s="8" t="s">
         <v>62</v>
       </c>
       <c r="E38" s="9" t="s">
         <v>68</v>
       </c>
       <c r="F38" s="1"/>
       <c r="G38" s="1"/>
       <c r="H38" s="1"/>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B39" s="9" t="s">
         <v>46</v>
       </c>
       <c r="C39" s="8">
         <v>2009</v>
       </c>
       <c r="D39" s="8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E39" s="9" t="s">
         <v>68</v>
       </c>
       <c r="F39" s="1"/>
       <c r="G39" s="1"/>
       <c r="H39" s="1"/>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B40" s="9" t="s">
         <v>47</v>
       </c>
       <c r="C40" s="8">
         <v>1967</v>
       </c>
       <c r="D40" s="8" t="s">
         <v>61</v>
       </c>
       <c r="E40" s="9" t="s">
         <v>68</v>
       </c>
       <c r="F40" s="1"/>
@@ -1556,51 +1556,51 @@
       </c>
       <c r="C48" s="8">
         <v>2009</v>
       </c>
       <c r="D48" s="8" t="s">
         <v>61</v>
       </c>
       <c r="E48" s="9" t="s">
         <v>69</v>
       </c>
       <c r="F48" s="1"/>
       <c r="G48" s="1"/>
       <c r="H48" s="1"/>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B49" s="9" t="s">
         <v>56</v>
       </c>
       <c r="C49" s="8">
         <v>2010</v>
       </c>
       <c r="D49" s="8" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="E49" s="9" t="s">
         <v>68</v>
       </c>
       <c r="F49" s="1"/>
       <c r="G49" s="1"/>
       <c r="H49" s="1"/>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="10"/>
       <c r="B50" s="7"/>
       <c r="C50" s="7"/>
       <c r="D50" s="7"/>
       <c r="E50" s="7"/>
       <c r="F50" s="7"/>
       <c r="G50" s="7"/>
       <c r="H50" s="1"/>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="10"/>
       <c r="B51" s="7"/>
       <c r="C51" s="7"/>
       <c r="D51" s="7"/>
       <c r="E51" s="7"/>
       <c r="F51" s="7"/>