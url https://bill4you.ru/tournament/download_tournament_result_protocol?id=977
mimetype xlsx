--- v0 (2025-10-08)
+++ v1 (2026-02-06)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
   <si>
-    <t>Федерация бильярдного спорта России</t>
+    <t>ФБСР</t>
   </si>
   <si>
     <t>Чемпионат России, пул 10, мужчины</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>07.11.2022, Москвич, Россия, Москва, пр-кт. Волгоградский дом 46/15 стр.10</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 12</t>
   </si>
   <si>
     <t>13 - 16</t>
   </si>
@@ -161,87 +161,87 @@
   <si>
     <t>Слепченков Фёдор</t>
   </si>
   <si>
     <t>Струнов Никита</t>
   </si>
   <si>
     <t>Щербаков Вадим</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>МС</t>
   </si>
   <si>
     <t>КМС</t>
   </si>
   <si>
-    <t>МСМК</t>
+    <t>-</t>
   </si>
   <si>
-    <t>-</t>
+    <t>МСМК</t>
   </si>
   <si>
     <t>3р</t>
   </si>
   <si>
     <t>1р</t>
   </si>
   <si>
     <t>Регион</t>
   </si>
   <si>
     <t>Москва</t>
   </si>
   <si>
     <t>Московская область</t>
   </si>
   <si>
     <t>Калужская область</t>
   </si>
   <si>
     <t>Челябинская область</t>
   </si>
   <si>
     <t>Удмуртская Республика</t>
   </si>
   <si>
     <t>Санкт-Петербург</t>
   </si>
   <si>
     <t>ХМАО - Югра</t>
   </si>
   <si>
-    <t>Республика Татарстан</t>
+    <t>Республика Татарстан (Татарстан)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="1"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -865,71 +865,71 @@
       </c>
       <c r="C15" s="8">
         <v>1993</v>
       </c>
       <c r="D15" s="8" t="s">
         <v>47</v>
       </c>
       <c r="E15" s="9" t="s">
         <v>54</v>
       </c>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B16" s="9" t="s">
         <v>23</v>
       </c>
       <c r="C16" s="8">
         <v>2001</v>
       </c>
       <c r="D16" s="8" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E16" s="9" t="s">
         <v>55</v>
       </c>
       <c r="F16" s="1"/>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B17" s="9" t="s">
         <v>24</v>
       </c>
       <c r="C17" s="8">
         <v>1998</v>
       </c>
       <c r="D17" s="8" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E17" s="9" t="s">
         <v>54</v>
       </c>
       <c r="F17" s="1"/>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B18" s="9" t="s">
         <v>25</v>
       </c>
       <c r="C18" s="8">
         <v>2007</v>
       </c>
       <c r="D18" s="8" t="s">
         <v>48</v>
       </c>
       <c r="E18" s="9" t="s">
         <v>54</v>
       </c>
       <c r="F18" s="1"/>
@@ -985,51 +985,51 @@
       </c>
       <c r="C21" s="8">
         <v>2001</v>
       </c>
       <c r="D21" s="8" t="s">
         <v>48</v>
       </c>
       <c r="E21" s="9" t="s">
         <v>56</v>
       </c>
       <c r="F21" s="1"/>
       <c r="G21" s="1"/>
       <c r="H21" s="1"/>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B22" s="9" t="s">
         <v>29</v>
       </c>
       <c r="C22" s="8">
         <v>1999</v>
       </c>
       <c r="D22" s="8" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="E22" s="9" t="s">
         <v>55</v>
       </c>
       <c r="F22" s="1"/>
       <c r="G22" s="1"/>
       <c r="H22" s="1"/>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B23" s="9" t="s">
         <v>30</v>
       </c>
       <c r="C23" s="8"/>
       <c r="D23" s="8" t="s">
         <v>48</v>
       </c>
       <c r="E23" s="9" t="s">
         <v>57</v>
       </c>
       <c r="F23" s="1"/>
       <c r="G23" s="1"/>
       <c r="H23" s="1"/>
@@ -1063,51 +1063,51 @@
       </c>
       <c r="C25" s="8">
         <v>1992</v>
       </c>
       <c r="D25" s="8" t="s">
         <v>48</v>
       </c>
       <c r="E25" s="9" t="s">
         <v>59</v>
       </c>
       <c r="F25" s="1"/>
       <c r="G25" s="1"/>
       <c r="H25" s="1"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B26" s="9" t="s">
         <v>33</v>
       </c>
       <c r="C26" s="8">
         <v>1999</v>
       </c>
       <c r="D26" s="8" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E26" s="9" t="s">
         <v>57</v>
       </c>
       <c r="F26" s="1"/>
       <c r="G26" s="1"/>
       <c r="H26" s="1"/>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B27" s="9" t="s">
         <v>34</v>
       </c>
       <c r="C27" s="8">
         <v>2007</v>
       </c>
       <c r="D27" s="8" t="s">
         <v>48</v>
       </c>
       <c r="E27" s="9" t="s">
         <v>59</v>
       </c>
       <c r="F27" s="1"/>
@@ -1201,51 +1201,51 @@
       <c r="B32" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C32" s="8">
         <v>2003</v>
       </c>
       <c r="D32" s="8" t="s">
         <v>48</v>
       </c>
       <c r="E32" s="9" t="s">
         <v>57</v>
       </c>
       <c r="F32" s="1"/>
       <c r="G32" s="1"/>
       <c r="H32" s="1"/>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B33" s="9" t="s">
         <v>40</v>
       </c>
       <c r="C33" s="8"/>
       <c r="D33" s="8" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="E33" s="9" t="s">
         <v>57</v>
       </c>
       <c r="F33" s="1"/>
       <c r="G33" s="1"/>
       <c r="H33" s="1"/>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B34" s="9" t="s">
         <v>41</v>
       </c>
       <c r="C34" s="8">
         <v>1968</v>
       </c>
       <c r="D34" s="8" t="s">
         <v>52</v>
       </c>
       <c r="E34" s="9" t="s">
         <v>57</v>
       </c>
       <c r="F34" s="1"/>