--- v0 (2025-10-28)
+++ v1 (2025-12-24)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
   <si>
-    <t>Федерация бильярдного спорта России</t>
+    <t>ФБСР</t>
   </si>
   <si>
     <t>Чемпионат России, пул 8, мужчины</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>07.11.2022, Москвич, Россия, Москва, пр-кт. Волгоградский дом 46/15 стр.10</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 12</t>
   </si>
   <si>
     <t>13 - 16</t>
   </si>
@@ -188,51 +188,51 @@
   <si>
     <t>КМС</t>
   </si>
   <si>
     <t>3р</t>
   </si>
   <si>
     <t>1р</t>
   </si>
   <si>
     <t>Регион</t>
   </si>
   <si>
     <t>Москва</t>
   </si>
   <si>
     <t>Московская область</t>
   </si>
   <si>
     <t>Челябинская область</t>
   </si>
   <si>
     <t>Санкт-Петербург</t>
   </si>
   <si>
-    <t>Республика Татарстан</t>
+    <t>Республика Татарстан (Татарстан)</t>
   </si>
   <si>
     <t>Удмуртская Республика</t>
   </si>
   <si>
     <t>Калужская область</t>
   </si>
   <si>
     <t>ХМАО - Югра</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>