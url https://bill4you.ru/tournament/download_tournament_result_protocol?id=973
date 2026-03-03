--- v1 (2025-12-24)
+++ v2 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
   <si>
     <t>ФБСР</t>
   </si>
   <si>
     <t>Чемпионат России, пул 8, мужчины</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>07.11.2022, Москвич, Россия, Москва, пр-кт. Волгоградский дом 46/15 стр.10</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 12</t>
   </si>
   <si>
@@ -182,63 +182,66 @@
   <si>
     <t>-</t>
   </si>
   <si>
     <t>МСМК</t>
   </si>
   <si>
     <t>КМС</t>
   </si>
   <si>
     <t>3р</t>
   </si>
   <si>
     <t>1р</t>
   </si>
   <si>
     <t>Регион</t>
   </si>
   <si>
     <t>Москва</t>
   </si>
   <si>
     <t>Московская область</t>
   </si>
   <si>
-    <t>Челябинская область</t>
+    <t>Новосибирская область</t>
   </si>
   <si>
     <t>Санкт-Петербург</t>
   </si>
   <si>
     <t>Республика Татарстан (Татарстан)</t>
   </si>
   <si>
     <t>Удмуртская Республика</t>
   </si>
   <si>
     <t>Калужская область</t>
+  </si>
+  <si>
+    <t>Челябинская область</t>
   </si>
   <si>
     <t>ХМАО - Югра</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="1"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1148,165 +1151,165 @@
       </c>
       <c r="D29" s="8" t="s">
         <v>48</v>
       </c>
       <c r="E29" s="9" t="s">
         <v>55</v>
       </c>
       <c r="F29" s="1"/>
       <c r="G29" s="1"/>
       <c r="H29" s="1"/>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B30" s="9" t="s">
         <v>37</v>
       </c>
       <c r="C30" s="8">
         <v>1968</v>
       </c>
       <c r="D30" s="8" t="s">
         <v>52</v>
       </c>
       <c r="E30" s="9" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="F30" s="1"/>
       <c r="G30" s="1"/>
       <c r="H30" s="1"/>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B31" s="9" t="s">
         <v>38</v>
       </c>
       <c r="C31" s="8">
         <v>2005</v>
       </c>
       <c r="D31" s="8" t="s">
         <v>50</v>
       </c>
       <c r="E31" s="9" t="s">
         <v>57</v>
       </c>
       <c r="F31" s="1"/>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B32" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C32" s="8">
         <v>2003</v>
       </c>
       <c r="D32" s="8" t="s">
         <v>50</v>
       </c>
       <c r="E32" s="9" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="F32" s="1"/>
       <c r="G32" s="1"/>
       <c r="H32" s="1"/>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B33" s="9" t="s">
         <v>40</v>
       </c>
       <c r="C33" s="8"/>
       <c r="D33" s="8" t="s">
         <v>48</v>
       </c>
       <c r="E33" s="9" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="F33" s="1"/>
       <c r="G33" s="1"/>
       <c r="H33" s="1"/>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B34" s="9" t="s">
         <v>41</v>
       </c>
       <c r="C34" s="8"/>
       <c r="D34" s="8" t="s">
         <v>50</v>
       </c>
       <c r="E34" s="9" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="F34" s="1"/>
       <c r="G34" s="1"/>
       <c r="H34" s="1"/>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B35" s="9" t="s">
         <v>42</v>
       </c>
       <c r="C35" s="8">
         <v>1986</v>
       </c>
       <c r="D35" s="8" t="s">
         <v>47</v>
       </c>
       <c r="E35" s="9" t="s">
         <v>57</v>
       </c>
       <c r="F35" s="1"/>
       <c r="G35" s="1"/>
       <c r="H35" s="1"/>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="8"/>
       <c r="B36" s="9" t="s">
         <v>43</v>
       </c>
       <c r="C36" s="8">
         <v>1998</v>
       </c>
       <c r="D36" s="8" t="s">
         <v>47</v>
       </c>
       <c r="E36" s="9" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F36" s="1"/>
       <c r="G36" s="1"/>
       <c r="H36" s="1"/>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="10"/>
       <c r="B37" s="7"/>
       <c r="C37" s="7"/>
       <c r="D37" s="7"/>
       <c r="E37" s="7"/>
       <c r="F37" s="7"/>
       <c r="G37" s="7"/>
       <c r="H37" s="1"/>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="10"/>
       <c r="B38" s="7"/>
       <c r="C38" s="7"/>
       <c r="D38" s="7"/>
       <c r="E38" s="7"/>
       <c r="F38" s="7"/>
       <c r="G38" s="7"/>
       <c r="H38" s="1"/>
     </row>