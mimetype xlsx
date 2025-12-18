--- v0 (2025-10-03)
+++ v1 (2025-12-18)
@@ -104,51 +104,51 @@
   <si>
     <t>Кузнецов Андрей</t>
   </si>
   <si>
     <t>Шалагин Максим</t>
   </si>
   <si>
     <t>Шалагин Юрий</t>
   </si>
   <si>
     <t>Ефремов Тимофей</t>
   </si>
   <si>
     <t>Иванов Вадим</t>
   </si>
   <si>
     <t>Конский Егор</t>
   </si>
   <si>
     <t>Смирнов Владимир</t>
   </si>
   <si>
     <t>Алференков Матвей</t>
   </si>
   <si>
-    <t>Богдан Рафаэль</t>
+    <t>Богдан Рафаэл</t>
   </si>
   <si>
     <t>Киселёв Николай</t>
   </si>
   <si>
     <t>Половинко Степан</t>
   </si>
   <si>
     <t>Романов Фёдор</t>
   </si>
   <si>
     <t>Семченков Арсений</t>
   </si>
   <si>
     <t>Смирнов Роман</t>
   </si>
   <si>
     <t>Ургапов Константин</t>
   </si>
   <si>
     <t>Долгоруков Никита</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>