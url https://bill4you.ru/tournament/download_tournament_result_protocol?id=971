--- v1 (2025-12-18)
+++ v2 (2026-03-06)
@@ -59,51 +59,51 @@
   <si>
     <t>13 - 16</t>
   </si>
   <si>
     <t>17 - 24</t>
   </si>
   <si>
     <t>Главный судья</t>
   </si>
   <si>
     <t>Главный секретарь</t>
   </si>
   <si>
     <t>Судья</t>
   </si>
   <si>
     <t>Спортсмен</t>
   </si>
   <si>
     <t>Журавлев Александр</t>
   </si>
   <si>
     <t>Новоселов Михаил</t>
   </si>
   <si>
-    <t>Подерин Федор</t>
+    <t>Подерин Фёдор</t>
   </si>
   <si>
     <t>Светличный Данила</t>
   </si>
   <si>
     <t>Воронин Павел</t>
   </si>
   <si>
     <t>Конский Даниил</t>
   </si>
   <si>
     <t>Садовский Федор</t>
   </si>
   <si>
     <t>Солдатов Иван</t>
   </si>
   <si>
     <t>Анисимов Степан</t>
   </si>
   <si>
     <t>Кузнецов Андрей</t>
   </si>
   <si>
     <t>Шалагин Максим</t>
   </si>