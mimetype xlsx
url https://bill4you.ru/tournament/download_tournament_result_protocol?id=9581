--- v0 (2025-12-08)
+++ v1 (2026-03-11)
@@ -95,51 +95,51 @@
   <si>
     <t>Ольховик Архип</t>
   </si>
   <si>
     <t>Черемных Егор</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>3р</t>
   </si>
   <si>
     <t>1р</t>
   </si>
   <si>
-    <t>2юн</t>
+    <t>1юн</t>
   </si>
   <si>
     <t>Регион</t>
   </si>
   <si>
     <t>Ульяновская область</t>
   </si>
   <si>
     <t>ХМАО - Югра</t>
   </si>
   <si>
     <t>Свердловская область</t>
   </si>
   <si>
     <t>Пермский край</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
@@ -698,51 +698,51 @@
       </c>
       <c r="C11" s="8">
         <v>2013</v>
       </c>
       <c r="D11" s="8" t="s">
         <v>26</v>
       </c>
       <c r="E11" s="9" t="s">
         <v>30</v>
       </c>
       <c r="F11" s="1"/>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B12" s="9" t="s">
         <v>16</v>
       </c>
       <c r="C12" s="8">
         <v>2013</v>
       </c>
       <c r="D12" s="8" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="E12" s="9" t="s">
         <v>30</v>
       </c>
       <c r="F12" s="1"/>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="9" t="s">
         <v>17</v>
       </c>
       <c r="C13" s="8">
         <v>2013</v>
       </c>
       <c r="D13" s="8" t="s">
         <v>24</v>
       </c>
       <c r="E13" s="9" t="s">
         <v>30</v>
       </c>
       <c r="F13" s="1"/>