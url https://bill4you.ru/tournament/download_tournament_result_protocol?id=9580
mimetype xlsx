--- v0 (2025-12-08)
+++ v1 (2026-03-11)
@@ -77,60 +77,60 @@
   <si>
     <t>Литвинова Алиса</t>
   </si>
   <si>
     <t>Тренина Александра</t>
   </si>
   <si>
     <t>Жирякова Екатерина</t>
   </si>
   <si>
     <t>Маслакова Варвара</t>
   </si>
   <si>
     <t>Лисицына Ксения</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
-    <t>2р</t>
+    <t>1р</t>
+  </si>
+  <si>
+    <t>1юн</t>
   </si>
   <si>
     <t>3р</t>
   </si>
   <si>
     <t>-</t>
-  </si>
-[...1 lines deleted...]
-    <t>1юн</t>
   </si>
   <si>
     <t>Регион</t>
   </si>
   <si>
     <t>ХМАО - Югра</t>
   </si>
   <si>
     <t>Свердловская область</t>
   </si>
   <si>
     <t>Тюменская область</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -626,151 +626,151 @@
       </c>
       <c r="C8" s="8">
         <v>2013</v>
       </c>
       <c r="D8" s="8" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="9" t="s">
         <v>26</v>
       </c>
       <c r="F8" s="1"/>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="8">
         <v>2</v>
       </c>
       <c r="B9" s="9" t="s">
         <v>12</v>
       </c>
       <c r="C9" s="8">
         <v>2015</v>
       </c>
       <c r="D9" s="8" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E9" s="9" t="s">
         <v>26</v>
       </c>
       <c r="F9" s="1"/>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="8">
         <v>3</v>
       </c>
       <c r="B10" s="9" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="8">
         <v>2013</v>
       </c>
       <c r="D10" s="8" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="E10" s="9" t="s">
         <v>27</v>
       </c>
       <c r="F10" s="1"/>
       <c r="G10" s="1"/>
       <c r="H10" s="1"/>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="8">
         <v>3</v>
       </c>
       <c r="B11" s="9" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="8">
         <v>2015</v>
       </c>
       <c r="D11" s="8" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E11" s="9" t="s">
         <v>26</v>
       </c>
       <c r="F11" s="1"/>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B12" s="9" t="s">
         <v>15</v>
       </c>
       <c r="C12" s="8">
         <v>2013</v>
       </c>
       <c r="D12" s="8" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E12" s="9" t="s">
         <v>28</v>
       </c>
       <c r="F12" s="1"/>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="9" t="s">
         <v>16</v>
       </c>
       <c r="C13" s="8">
         <v>2013</v>
       </c>
       <c r="D13" s="8" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="E13" s="9" t="s">
         <v>26</v>
       </c>
       <c r="F13" s="1"/>
       <c r="G13" s="1"/>
       <c r="H13" s="1"/>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="8">
         <v>7</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>17</v>
       </c>
       <c r="C14" s="8">
         <v>2013</v>
       </c>
       <c r="D14" s="8" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="E14" s="9" t="s">
         <v>26</v>
       </c>
       <c r="F14" s="1"/>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="10"/>
       <c r="B15" s="7"/>
       <c r="C15" s="7"/>
       <c r="D15" s="7"/>
       <c r="E15" s="7"/>
       <c r="F15" s="7"/>
       <c r="G15" s="7"/>
       <c r="H15" s="1"/>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="10"/>
       <c r="B16" s="7"/>
       <c r="C16" s="7"/>
       <c r="D16" s="7"/>
       <c r="E16" s="7"/>
       <c r="F16" s="7"/>