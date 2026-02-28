--- v0 (2026-01-12)
+++ v1 (2026-02-28)
@@ -95,51 +95,51 @@
   <si>
     <t>Попов Александр</t>
   </si>
   <si>
     <t>Семерня Юрий</t>
   </si>
   <si>
     <t>Бородин Дмитрий</t>
   </si>
   <si>
     <t>Каверин Роман</t>
   </si>
   <si>
     <t>Кленин Валерий</t>
   </si>
   <si>
     <t>Сомов Сергей</t>
   </si>
   <si>
     <t>Гадельшин Рамиль</t>
   </si>
   <si>
     <t>Лопин Андрей</t>
   </si>
   <si>
-    <t>Нектов Сергей Михайлович сергей</t>
+    <t>Нектов Сергей</t>
   </si>
   <si>
     <t>Ушаков Александр</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>КМС</t>
   </si>
   <si>
     <t>2р</t>
   </si>
   <si>
     <t>Страна</t>
   </si>