--- v0 (2025-12-08)
+++ v1 (2026-03-15)
@@ -146,57 +146,57 @@
   <si>
     <t>Черников Сергей</t>
   </si>
   <si>
     <t>Vasin Vyacheslav</t>
   </si>
   <si>
     <t>Баженов Денис</t>
   </si>
   <si>
     <t>Курганов Иван</t>
   </si>
   <si>
     <t>Максимов Максим</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
-    <t>-</t>
-[...1 lines deleted...]
-  <si>
     <t>КМС</t>
   </si>
   <si>
     <t>1р</t>
+  </si>
+  <si>
+    <t>-</t>
   </si>
   <si>
     <t>3р</t>
   </si>
   <si>
     <t>2р</t>
   </si>
   <si>
     <t>2юн</t>
   </si>
   <si>
     <t>Город</t>
   </si>
   <si>
     <t>Тамбов</t>
   </si>
   <si>
     <t>Рязань</t>
   </si>
   <si>
     <t>Москва</t>
   </si>
   <si>
     <t>Саратов</t>
   </si>
@@ -704,271 +704,271 @@
       </c>
       <c r="C8" s="8">
         <v>2012</v>
       </c>
       <c r="D8" s="8" t="s">
         <v>44</v>
       </c>
       <c r="E8" s="9" t="s">
         <v>51</v>
       </c>
       <c r="F8" s="1"/>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="8">
         <v>2</v>
       </c>
       <c r="B9" s="9" t="s">
         <v>15</v>
       </c>
       <c r="C9" s="8">
         <v>2008</v>
       </c>
       <c r="D9" s="8" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="E9" s="9" t="s">
         <v>52</v>
       </c>
       <c r="F9" s="1"/>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="8">
         <v>3</v>
       </c>
       <c r="B10" s="9" t="s">
         <v>16</v>
       </c>
       <c r="C10" s="8">
         <v>2010</v>
       </c>
       <c r="D10" s="8" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="E10" s="9" t="s">
         <v>52</v>
       </c>
       <c r="F10" s="1"/>
       <c r="G10" s="1"/>
       <c r="H10" s="1"/>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="8">
         <v>3</v>
       </c>
       <c r="B11" s="9" t="s">
         <v>17</v>
       </c>
       <c r="C11" s="8">
         <v>2012</v>
       </c>
       <c r="D11" s="8" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E11" s="9" t="s">
         <v>52</v>
       </c>
       <c r="F11" s="1"/>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B12" s="9" t="s">
         <v>18</v>
       </c>
       <c r="C12" s="8">
         <v>2012</v>
       </c>
       <c r="D12" s="8" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="E12" s="9" t="s">
         <v>52</v>
       </c>
       <c r="F12" s="1"/>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="9" t="s">
         <v>19</v>
       </c>
       <c r="C13" s="8">
         <v>2011</v>
       </c>
       <c r="D13" s="8" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E13" s="9" t="s">
         <v>52</v>
       </c>
       <c r="F13" s="1"/>
       <c r="G13" s="1"/>
       <c r="H13" s="1"/>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="8">
         <v>2011</v>
       </c>
       <c r="D14" s="8" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="E14" s="9" t="s">
         <v>51</v>
       </c>
       <c r="F14" s="1"/>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B15" s="9" t="s">
         <v>21</v>
       </c>
       <c r="C15" s="8">
         <v>2010</v>
       </c>
       <c r="D15" s="8" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="E15" s="9" t="s">
         <v>51</v>
       </c>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B16" s="9" t="s">
         <v>22</v>
       </c>
       <c r="C16" s="8">
         <v>2006</v>
       </c>
       <c r="D16" s="8" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="E16" s="9" t="s">
         <v>52</v>
       </c>
       <c r="F16" s="1"/>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B17" s="9" t="s">
         <v>23</v>
       </c>
       <c r="C17" s="8">
         <v>2010</v>
       </c>
       <c r="D17" s="8" t="s">
         <v>47</v>
       </c>
       <c r="E17" s="9" t="s">
         <v>52</v>
       </c>
       <c r="F17" s="1"/>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B18" s="9" t="s">
         <v>24</v>
       </c>
       <c r="C18" s="8">
         <v>2014</v>
       </c>
       <c r="D18" s="8" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="E18" s="9" t="s">
         <v>52</v>
       </c>
       <c r="F18" s="1"/>
       <c r="G18" s="1"/>
       <c r="H18" s="1"/>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B19" s="9" t="s">
         <v>25</v>
       </c>
       <c r="C19" s="8">
         <v>2009</v>
       </c>
       <c r="D19" s="8" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="E19" s="9" t="s">
         <v>53</v>
       </c>
       <c r="F19" s="1"/>
       <c r="G19" s="1"/>
       <c r="H19" s="1"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B20" s="9" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="8">
         <v>2012</v>
       </c>
       <c r="D20" s="8" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="E20" s="9" t="s">
         <v>52</v>
       </c>
       <c r="F20" s="1"/>
       <c r="G20" s="1"/>
       <c r="H20" s="1"/>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B21" s="9" t="s">
         <v>27</v>
       </c>
       <c r="C21" s="8">
         <v>2011</v>
       </c>
       <c r="D21" s="8" t="s">
         <v>47</v>
       </c>
       <c r="E21" s="9" t="s">
         <v>52</v>
       </c>
       <c r="F21" s="1"/>
@@ -984,271 +984,271 @@
       </c>
       <c r="C22" s="8">
         <v>2012</v>
       </c>
       <c r="D22" s="8" t="s">
         <v>48</v>
       </c>
       <c r="E22" s="9" t="s">
         <v>52</v>
       </c>
       <c r="F22" s="1"/>
       <c r="G22" s="1"/>
       <c r="H22" s="1"/>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B23" s="9" t="s">
         <v>29</v>
       </c>
       <c r="C23" s="8">
         <v>2012</v>
       </c>
       <c r="D23" s="8" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E23" s="9" t="s">
         <v>52</v>
       </c>
       <c r="F23" s="1"/>
       <c r="G23" s="1"/>
       <c r="H23" s="1"/>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B24" s="9" t="s">
         <v>30</v>
       </c>
       <c r="C24" s="8">
         <v>2014</v>
       </c>
       <c r="D24" s="8" t="s">
         <v>49</v>
       </c>
       <c r="E24" s="9" t="s">
         <v>54</v>
       </c>
       <c r="F24" s="1"/>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B25" s="9" t="s">
         <v>31</v>
       </c>
       <c r="C25" s="8">
         <v>2009</v>
       </c>
       <c r="D25" s="8" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="E25" s="9" t="s">
         <v>52</v>
       </c>
       <c r="F25" s="1"/>
       <c r="G25" s="1"/>
       <c r="H25" s="1"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B26" s="9" t="s">
         <v>32</v>
       </c>
       <c r="C26" s="8">
         <v>2008</v>
       </c>
       <c r="D26" s="8" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="E26" s="9" t="s">
         <v>54</v>
       </c>
       <c r="F26" s="1"/>
       <c r="G26" s="1"/>
       <c r="H26" s="1"/>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B27" s="9" t="s">
         <v>33</v>
       </c>
       <c r="C27" s="8">
         <v>2014</v>
       </c>
       <c r="D27" s="8" t="s">
         <v>47</v>
       </c>
       <c r="E27" s="9" t="s">
         <v>52</v>
       </c>
       <c r="F27" s="1"/>
       <c r="G27" s="1"/>
       <c r="H27" s="1"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B28" s="9" t="s">
         <v>34</v>
       </c>
       <c r="C28" s="8">
         <v>2012</v>
       </c>
       <c r="D28" s="8" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="E28" s="9" t="s">
         <v>53</v>
       </c>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B29" s="9" t="s">
         <v>35</v>
       </c>
       <c r="C29" s="8">
         <v>2011</v>
       </c>
       <c r="D29" s="8" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="E29" s="9" t="s">
         <v>52</v>
       </c>
       <c r="F29" s="1"/>
       <c r="G29" s="1"/>
       <c r="H29" s="1"/>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B30" s="9" t="s">
         <v>36</v>
       </c>
       <c r="C30" s="8">
         <v>2011</v>
       </c>
       <c r="D30" s="8" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E30" s="9" t="s">
         <v>52</v>
       </c>
       <c r="F30" s="1"/>
       <c r="G30" s="1"/>
       <c r="H30" s="1"/>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B31" s="9" t="s">
         <v>37</v>
       </c>
       <c r="C31" s="8">
         <v>2013</v>
       </c>
       <c r="D31" s="8" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="E31" s="9" t="s">
         <v>54</v>
       </c>
       <c r="F31" s="1"/>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B32" s="9" t="s">
         <v>38</v>
       </c>
       <c r="C32" s="8">
         <v>2011</v>
       </c>
       <c r="D32" s="8" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="E32" s="9" t="s">
         <v>54</v>
       </c>
       <c r="F32" s="1"/>
       <c r="G32" s="1"/>
       <c r="H32" s="1"/>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B33" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C33" s="8">
         <v>2007</v>
       </c>
       <c r="D33" s="8" t="s">
         <v>47</v>
       </c>
       <c r="E33" s="9" t="s">
         <v>52</v>
       </c>
       <c r="F33" s="1"/>
       <c r="G33" s="1"/>
       <c r="H33" s="1"/>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B34" s="9" t="s">
         <v>40</v>
       </c>
       <c r="C34" s="8">
         <v>2012</v>
       </c>
       <c r="D34" s="8" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="E34" s="9" t="s">
         <v>52</v>
       </c>
       <c r="F34" s="1"/>
       <c r="G34" s="1"/>
       <c r="H34" s="1"/>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="10"/>
       <c r="B35" s="7"/>
       <c r="C35" s="7"/>
       <c r="D35" s="7"/>
       <c r="E35" s="7"/>
       <c r="F35" s="7"/>
       <c r="G35" s="7"/>
       <c r="H35" s="1"/>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="10"/>
       <c r="B36" s="7"/>
       <c r="C36" s="7"/>
       <c r="D36" s="7"/>
       <c r="E36" s="7"/>
       <c r="F36" s="7"/>