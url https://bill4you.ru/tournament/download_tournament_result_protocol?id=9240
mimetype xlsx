--- v0 (2025-12-10)
+++ v1 (2026-01-29)
@@ -62,51 +62,51 @@
   <si>
     <t>Судья</t>
   </si>
   <si>
     <t>Спортсмен</t>
   </si>
   <si>
     <t>Белоусова Вероника</t>
   </si>
   <si>
     <t>Устюжанина Екатерина</t>
   </si>
   <si>
     <t>Хузахметова Ева</t>
   </si>
   <si>
     <t>Безроднова Арина</t>
   </si>
   <si>
     <t>Ситникова Ярослава</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
-    <t>Петр Шумков</t>
+    <t>Шумков Петр</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>КМС</t>
   </si>
   <si>
     <t>1р</t>
   </si>
   <si>
     <t>3р</t>
   </si>
   <si>
     <t>Город</t>
   </si>
   <si>
     <t>Верхняя Салда</t>
   </si>
   <si>
     <t>Пермь</t>
   </si>