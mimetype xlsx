--- v0 (2025-12-10)
+++ v1 (2026-01-29)
@@ -104,51 +104,51 @@
   <si>
     <t>Киселев Платон</t>
   </si>
   <si>
     <t>Михайлов Матвей</t>
   </si>
   <si>
     <t>Хилай Николай</t>
   </si>
   <si>
     <t>Makarevich Mark</t>
   </si>
   <si>
     <t>Ильичев Денис</t>
   </si>
   <si>
     <t>Маслов-Ниденталь Данислав</t>
   </si>
   <si>
     <t>Полетаев Богдан</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
-    <t>Петр Шумков</t>
+    <t>Шумков Петр</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>3р</t>
   </si>
   <si>
     <t>1р</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>3юн</t>
   </si>
   <si>
     <t>Город</t>
   </si>
   <si>
     <t>Верхняя Салда</t>
   </si>