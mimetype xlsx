--- v0 (2025-12-10)
+++ v1 (2026-01-29)
@@ -80,51 +80,51 @@
   <si>
     <t>Жилина Виктория</t>
   </si>
   <si>
     <t>Жирякова Екатерина</t>
   </si>
   <si>
     <t>Макарова Полина</t>
   </si>
   <si>
     <t>Медведева Алёна</t>
   </si>
   <si>
     <t>Богатырева Алена</t>
   </si>
   <si>
     <t>Морозова Кира</t>
   </si>
   <si>
     <t>Низамиева Полина</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
-    <t>Петр Шумков</t>
+    <t>Шумков Петр</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>3р</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>3юн</t>
   </si>
   <si>
     <t>Город</t>
   </si>
   <si>
     <t>Верхняя Салда</t>
   </si>
   <si>
     <t>Екатеринбург</t>
   </si>