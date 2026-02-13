--- v0 (2025-12-08)
+++ v1 (2026-02-13)
@@ -110,63 +110,63 @@
   <si>
     <t>Королев Дмитрий</t>
   </si>
   <si>
     <t>Плотников Семен</t>
   </si>
   <si>
     <t>Герасимов Антон</t>
   </si>
   <si>
     <t>Гладков Сергей</t>
   </si>
   <si>
     <t>Динь Нам</t>
   </si>
   <si>
     <t>Казак Кирилл</t>
   </si>
   <si>
     <t>Бастрыкин Иван</t>
   </si>
   <si>
     <t>Гладкова Наталья</t>
   </si>
   <si>
-    <t>Николай Фетисов</t>
-[...1 lines deleted...]
-  <si>
     <t>Первушина Наталья</t>
   </si>
   <si>
     <t>Смирнов Михаил</t>
   </si>
   <si>
     <t>Стенникова Злата</t>
   </si>
   <si>
     <t>Суханов Александр</t>
+  </si>
+  <si>
+    <t>Фетисов Николай</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>Нечаева Анастасия</t>
   </si>
   <si>
     <t>Угай Дмитрий</t>
   </si>
   <si>
     <t>Слободянюк Алиса</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>КМС</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>1р</t>
   </si>
@@ -1027,135 +1027,135 @@
       </c>
       <c r="B25" s="9" t="s">
         <v>31</v>
       </c>
       <c r="C25" s="8">
         <v>1988</v>
       </c>
       <c r="D25" s="8" t="s">
         <v>43</v>
       </c>
       <c r="E25" s="9" t="s">
         <v>49</v>
       </c>
       <c r="F25" s="1"/>
       <c r="G25" s="1"/>
       <c r="H25" s="1"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B26" s="9" t="s">
         <v>32</v>
       </c>
       <c r="C26" s="8">
-        <v>1996</v>
+        <v>1979</v>
       </c>
       <c r="D26" s="8" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="E26" s="9" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F26" s="1"/>
       <c r="G26" s="1"/>
       <c r="H26" s="1"/>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B27" s="9" t="s">
         <v>33</v>
       </c>
-      <c r="C27" s="8">
-[...1 lines deleted...]
-      </c>
+      <c r="C27" s="8"/>
       <c r="D27" s="8" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="E27" s="9" t="s">
         <v>49</v>
       </c>
       <c r="F27" s="1"/>
       <c r="G27" s="1"/>
       <c r="H27" s="1"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B28" s="9" t="s">
         <v>34</v>
       </c>
-      <c r="C28" s="8"/>
+      <c r="C28" s="8">
+        <v>2012</v>
+      </c>
       <c r="D28" s="8" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="E28" s="9" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B29" s="9" t="s">
         <v>35</v>
       </c>
       <c r="C29" s="8">
-        <v>2012</v>
+        <v>1977</v>
       </c>
       <c r="D29" s="8" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="E29" s="9" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="F29" s="1"/>
       <c r="G29" s="1"/>
       <c r="H29" s="1"/>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B30" s="9" t="s">
         <v>36</v>
       </c>
       <c r="C30" s="8">
-        <v>1977</v>
+        <v>1996</v>
       </c>
       <c r="D30" s="8" t="s">
         <v>43</v>
       </c>
       <c r="E30" s="9" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="F30" s="1"/>
       <c r="G30" s="1"/>
       <c r="H30" s="1"/>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="10"/>
       <c r="B31" s="7"/>
       <c r="C31" s="7"/>
       <c r="D31" s="7"/>
       <c r="E31" s="7"/>
       <c r="F31" s="7"/>
       <c r="G31" s="7"/>
       <c r="H31" s="1"/>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="10"/>
       <c r="B32" s="7"/>
       <c r="C32" s="7"/>
       <c r="D32" s="7"/>
       <c r="E32" s="7"/>
       <c r="F32" s="7"/>
       <c r="G32" s="7"/>
       <c r="H32" s="1"/>
     </row>