--- v0 (2025-11-16)
+++ v1 (2026-01-14)
@@ -1348,51 +1348,51 @@
       </c>
       <c r="C36" s="8">
         <v>2005</v>
       </c>
       <c r="D36" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E36" s="9" t="s">
         <v>74</v>
       </c>
       <c r="F36" s="1"/>
       <c r="G36" s="1"/>
       <c r="H36" s="1"/>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B37" s="9" t="s">
         <v>44</v>
       </c>
       <c r="C37" s="8">
         <v>2010</v>
       </c>
       <c r="D37" s="8" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="E37" s="9" t="s">
         <v>76</v>
       </c>
       <c r="F37" s="1"/>
       <c r="G37" s="1"/>
       <c r="H37" s="1"/>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B38" s="9" t="s">
         <v>45</v>
       </c>
       <c r="C38" s="8">
         <v>1984</v>
       </c>
       <c r="D38" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E38" s="9" t="s">
         <v>80</v>
       </c>
       <c r="F38" s="1"/>
@@ -1508,51 +1508,51 @@
       </c>
       <c r="C44" s="8">
         <v>1960</v>
       </c>
       <c r="D44" s="8" t="s">
         <v>70</v>
       </c>
       <c r="E44" s="9" t="s">
         <v>74</v>
       </c>
       <c r="F44" s="1"/>
       <c r="G44" s="1"/>
       <c r="H44" s="1"/>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B45" s="9" t="s">
         <v>52</v>
       </c>
       <c r="C45" s="8">
         <v>1972</v>
       </c>
       <c r="D45" s="8" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E45" s="9" t="s">
         <v>79</v>
       </c>
       <c r="F45" s="1"/>
       <c r="G45" s="1"/>
       <c r="H45" s="1"/>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B46" s="9" t="s">
         <v>53</v>
       </c>
       <c r="C46" s="8">
         <v>2003</v>
       </c>
       <c r="D46" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E46" s="9" t="s">
         <v>78</v>
       </c>
       <c r="F46" s="1"/>
@@ -1668,51 +1668,51 @@
       </c>
       <c r="C52" s="8">
         <v>1980</v>
       </c>
       <c r="D52" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E52" s="9" t="s">
         <v>79</v>
       </c>
       <c r="F52" s="1"/>
       <c r="G52" s="1"/>
       <c r="H52" s="1"/>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B53" s="9" t="s">
         <v>60</v>
       </c>
       <c r="C53" s="8">
         <v>2010</v>
       </c>
       <c r="D53" s="8" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="E53" s="9" t="s">
         <v>76</v>
       </c>
       <c r="F53" s="1"/>
       <c r="G53" s="1"/>
       <c r="H53" s="1"/>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B54" s="9" t="s">
         <v>61</v>
       </c>
       <c r="C54" s="8">
         <v>1995</v>
       </c>
       <c r="D54" s="8" t="s">
         <v>70</v>
       </c>
       <c r="E54" s="9" t="s">
         <v>76</v>
       </c>
       <c r="F54" s="1"/>