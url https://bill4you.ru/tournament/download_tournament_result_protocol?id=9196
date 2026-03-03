--- v1 (2026-01-14)
+++ v2 (2026-03-03)
@@ -179,51 +179,51 @@
   <si>
     <t>Булычев Денис</t>
   </si>
   <si>
     <t>Воронин Павел</t>
   </si>
   <si>
     <t>Ефремов Тимофей</t>
   </si>
   <si>
     <t>Иванченко Артём</t>
   </si>
   <si>
     <t>Колесников Владимир</t>
   </si>
   <si>
     <t>Котов Юрий</t>
   </si>
   <si>
     <t>Петров Егор</t>
   </si>
   <si>
     <t>Петров Леонид</t>
   </si>
   <si>
-    <t>Подерин Федор</t>
+    <t>Подерин Фёдор</t>
   </si>
   <si>
     <t>Садовский Федор</t>
   </si>
   <si>
     <t>Солодилов Николай</t>
   </si>
   <si>
     <t>Соломатин Иван</t>
   </si>
   <si>
     <t>Угай Дмитрий</t>
   </si>
   <si>
     <t>Фатин Мирон</t>
   </si>
   <si>
     <t>Чернеев Алексей</t>
   </si>
   <si>
     <t>Шалагин Юрий</t>
   </si>
   <si>
     <t>Малахов Кирилл</t>
   </si>
@@ -1488,51 +1488,51 @@
       </c>
       <c r="C43" s="8">
         <v>2014</v>
       </c>
       <c r="D43" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E43" s="9" t="s">
         <v>74</v>
       </c>
       <c r="F43" s="1"/>
       <c r="G43" s="1"/>
       <c r="H43" s="1"/>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B44" s="9" t="s">
         <v>51</v>
       </c>
       <c r="C44" s="8">
         <v>1960</v>
       </c>
       <c r="D44" s="8" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="E44" s="9" t="s">
         <v>74</v>
       </c>
       <c r="F44" s="1"/>
       <c r="G44" s="1"/>
       <c r="H44" s="1"/>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B45" s="9" t="s">
         <v>52</v>
       </c>
       <c r="C45" s="8">
         <v>1972</v>
       </c>
       <c r="D45" s="8" t="s">
         <v>70</v>
       </c>
       <c r="E45" s="9" t="s">
         <v>79</v>
       </c>
       <c r="F45" s="1"/>