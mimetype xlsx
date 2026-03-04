--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -931,51 +931,51 @@
       </c>
       <c r="C15" s="8">
         <v>1987</v>
       </c>
       <c r="D15" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E15" s="9" t="s">
         <v>73</v>
       </c>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B16" s="9" t="s">
         <v>23</v>
       </c>
       <c r="C16" s="8">
         <v>1973</v>
       </c>
       <c r="D16" s="8" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E16" s="9" t="s">
         <v>73</v>
       </c>
       <c r="F16" s="1"/>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B17" s="9" t="s">
         <v>24</v>
       </c>
       <c r="C17" s="8">
         <v>2010</v>
       </c>
       <c r="D17" s="8" t="s">
         <v>68</v>
       </c>
       <c r="E17" s="9" t="s">
         <v>78</v>
       </c>
       <c r="F17" s="1"/>
@@ -1445,51 +1445,51 @@
       <c r="B41" s="9" t="s">
         <v>48</v>
       </c>
       <c r="C41" s="8"/>
       <c r="D41" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E41" s="9" t="s">
         <v>81</v>
       </c>
       <c r="F41" s="1"/>
       <c r="G41" s="1"/>
       <c r="H41" s="1"/>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B42" s="9" t="s">
         <v>49</v>
       </c>
       <c r="C42" s="8">
         <v>1979</v>
       </c>
       <c r="D42" s="8" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="E42" s="9" t="s">
         <v>73</v>
       </c>
       <c r="F42" s="1"/>
       <c r="G42" s="1"/>
       <c r="H42" s="1"/>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B43" s="9" t="s">
         <v>50</v>
       </c>
       <c r="C43" s="8">
         <v>1993</v>
       </c>
       <c r="D43" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E43" s="9" t="s">
         <v>74</v>
       </c>
       <c r="F43" s="1"/>
@@ -1501,51 +1501,53 @@
         <v>9</v>
       </c>
       <c r="B44" s="9" t="s">
         <v>51</v>
       </c>
       <c r="C44" s="8">
         <v>2013</v>
       </c>
       <c r="D44" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E44" s="9" t="s">
         <v>78</v>
       </c>
       <c r="F44" s="1"/>
       <c r="G44" s="1"/>
       <c r="H44" s="1"/>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B45" s="9" t="s">
         <v>52</v>
       </c>
-      <c r="C45" s="8"/>
+      <c r="C45" s="8">
+        <v>1974</v>
+      </c>
       <c r="D45" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E45" s="9" t="s">
         <v>74</v>
       </c>
       <c r="F45" s="1"/>
       <c r="G45" s="1"/>
       <c r="H45" s="1"/>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B46" s="9" t="s">
         <v>53</v>
       </c>
       <c r="C46" s="8">
         <v>1982</v>
       </c>
       <c r="D46" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E46" s="9" t="s">
         <v>82</v>