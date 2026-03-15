--- v0 (2025-11-05)
+++ v1 (2026-03-15)
@@ -182,54 +182,54 @@
   <si>
     <t>Валюкевич Дмитрий</t>
   </si>
   <si>
     <t>Демакин Александр</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>МСМК</t>
   </si>
   <si>
     <t>МС</t>
   </si>
   <si>
     <t>ЗМС</t>
   </si>
   <si>
-    <t>1р</t>
+    <t>КМС</t>
   </si>
   <si>
-    <t>КМС</t>
+    <t>1р</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Кыргызстан</t>
   </si>
   <si>
     <t>Россия</t>
   </si>
   <si>
     <t>Азербайджан</t>
   </si>
   <si>
     <t>Сербия</t>
   </si>
   <si>
     <t>Словакия</t>
   </si>
   <si>
     <t>Германия</t>
   </si>
@@ -797,51 +797,51 @@
       </c>
       <c r="C11" s="8">
         <v>1995</v>
       </c>
       <c r="D11" s="8" t="s">
         <v>53</v>
       </c>
       <c r="E11" s="9" t="s">
         <v>61</v>
       </c>
       <c r="F11" s="1"/>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B12" s="9" t="s">
         <v>19</v>
       </c>
       <c r="C12" s="8">
         <v>2001</v>
       </c>
       <c r="D12" s="8" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="E12" s="9" t="s">
         <v>61</v>
       </c>
       <c r="F12" s="1"/>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="9" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="8">
         <v>2001</v>
       </c>
       <c r="D13" s="8" t="s">
         <v>53</v>
       </c>
       <c r="E13" s="9" t="s">
         <v>61</v>
       </c>
       <c r="F13" s="1"/>
@@ -1037,51 +1037,51 @@
       </c>
       <c r="C23" s="8">
         <v>2004</v>
       </c>
       <c r="D23" s="8" t="s">
         <v>54</v>
       </c>
       <c r="E23" s="9" t="s">
         <v>61</v>
       </c>
       <c r="F23" s="1"/>
       <c r="G23" s="1"/>
       <c r="H23" s="1"/>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B24" s="9" t="s">
         <v>31</v>
       </c>
       <c r="C24" s="8">
         <v>1994</v>
       </c>
       <c r="D24" s="8" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="E24" s="9" t="s">
         <v>61</v>
       </c>
       <c r="F24" s="1"/>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B25" s="9" t="s">
         <v>32</v>
       </c>
       <c r="C25" s="8">
         <v>1987</v>
       </c>
       <c r="D25" s="8" t="s">
         <v>54</v>
       </c>
       <c r="E25" s="9" t="s">
         <v>61</v>
       </c>
       <c r="F25" s="1"/>
@@ -1117,71 +1117,71 @@
       </c>
       <c r="C27" s="8">
         <v>1988</v>
       </c>
       <c r="D27" s="8" t="s">
         <v>53</v>
       </c>
       <c r="E27" s="9" t="s">
         <v>61</v>
       </c>
       <c r="F27" s="1"/>
       <c r="G27" s="1"/>
       <c r="H27" s="1"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B28" s="9" t="s">
         <v>35</v>
       </c>
       <c r="C28" s="8">
         <v>1993</v>
       </c>
       <c r="D28" s="8" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="E28" s="9" t="s">
         <v>60</v>
       </c>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B29" s="9" t="s">
         <v>36</v>
       </c>
       <c r="C29" s="8">
         <v>1999</v>
       </c>
       <c r="D29" s="8" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="E29" s="9" t="s">
         <v>60</v>
       </c>
       <c r="F29" s="1"/>
       <c r="G29" s="1"/>
       <c r="H29" s="1"/>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B30" s="9" t="s">
         <v>37</v>
       </c>
       <c r="C30" s="8">
         <v>1986</v>
       </c>
       <c r="D30" s="8" t="s">
         <v>54</v>
       </c>
       <c r="E30" s="9" t="s">
         <v>61</v>
       </c>
       <c r="F30" s="1"/>
@@ -1217,51 +1217,51 @@
       </c>
       <c r="C32" s="8">
         <v>1985</v>
       </c>
       <c r="D32" s="8" t="s">
         <v>53</v>
       </c>
       <c r="E32" s="9" t="s">
         <v>62</v>
       </c>
       <c r="F32" s="1"/>
       <c r="G32" s="1"/>
       <c r="H32" s="1"/>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B33" s="9" t="s">
         <v>40</v>
       </c>
       <c r="C33" s="8">
         <v>2004</v>
       </c>
       <c r="D33" s="8" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="E33" s="9" t="s">
         <v>61</v>
       </c>
       <c r="F33" s="1"/>
       <c r="G33" s="1"/>
       <c r="H33" s="1"/>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B34" s="9" t="s">
         <v>41</v>
       </c>
       <c r="C34" s="8">
         <v>1991</v>
       </c>
       <c r="D34" s="8" t="s">
         <v>53</v>
       </c>
       <c r="E34" s="9" t="s">
         <v>61</v>
       </c>
       <c r="F34" s="1"/>
@@ -1297,51 +1297,51 @@
       </c>
       <c r="C36" s="8">
         <v>1988</v>
       </c>
       <c r="D36" s="8" t="s">
         <v>53</v>
       </c>
       <c r="E36" s="9" t="s">
         <v>61</v>
       </c>
       <c r="F36" s="1"/>
       <c r="G36" s="1"/>
       <c r="H36" s="1"/>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B37" s="9" t="s">
         <v>44</v>
       </c>
       <c r="C37" s="8">
         <v>1964</v>
       </c>
       <c r="D37" s="8" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="E37" s="9" t="s">
         <v>63</v>
       </c>
       <c r="F37" s="1"/>
       <c r="G37" s="1"/>
       <c r="H37" s="1"/>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B38" s="9" t="s">
         <v>45</v>
       </c>
       <c r="C38" s="8">
         <v>2004</v>
       </c>
       <c r="D38" s="8" t="s">
         <v>54</v>
       </c>
       <c r="E38" s="9" t="s">
         <v>61</v>
       </c>
       <c r="F38" s="1"/>
@@ -1357,51 +1357,51 @@
       </c>
       <c r="C39" s="8">
         <v>2000</v>
       </c>
       <c r="D39" s="8" t="s">
         <v>54</v>
       </c>
       <c r="E39" s="9" t="s">
         <v>61</v>
       </c>
       <c r="F39" s="1"/>
       <c r="G39" s="1"/>
       <c r="H39" s="1"/>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B40" s="9" t="s">
         <v>47</v>
       </c>
       <c r="C40" s="8">
         <v>1996</v>
       </c>
       <c r="D40" s="8" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="E40" s="9" t="s">
         <v>60</v>
       </c>
       <c r="F40" s="1"/>
       <c r="G40" s="1"/>
       <c r="H40" s="1"/>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B41" s="9" t="s">
         <v>48</v>
       </c>
       <c r="C41" s="8">
         <v>1981</v>
       </c>
       <c r="D41" s="8" t="s">
         <v>58</v>
       </c>
       <c r="E41" s="9" t="s">
         <v>64</v>
       </c>
       <c r="F41" s="1"/>