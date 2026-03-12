--- v0 (2025-12-08)
+++ v1 (2026-03-12)
@@ -131,72 +131,72 @@
   <si>
     <t>Восканян Юрий</t>
   </si>
   <si>
     <t>Горенков Иван</t>
   </si>
   <si>
     <t>Здасеня Александр</t>
   </si>
   <si>
     <t>Крипан Илья</t>
   </si>
   <si>
     <t>Пужевич Игнат</t>
   </si>
   <si>
     <t>Ремез Алексей</t>
   </si>
   <si>
     <t>Сенько Евгений</t>
   </si>
   <si>
     <t>Юревич Даниил</t>
   </si>
   <si>
+    <t>Гриб Роберт</t>
+  </si>
+  <si>
     <t>Дудкин Михаил</t>
   </si>
   <si>
     <t>Дудко Тимофей</t>
   </si>
   <si>
     <t>Калиновский Владимир</t>
   </si>
   <si>
     <t>Пархомович Виталий</t>
   </si>
   <si>
     <t>Пархомович Владислав</t>
   </si>
   <si>
     <t>Сосюк Ростислав</t>
   </si>
   <si>
     <t>Юревич Елисей</t>
-  </si>
-[...1 lines deleted...]
-    <t>Hryb Robert</t>
   </si>
   <si>
     <t>Волынкин Павел</t>
   </si>
   <si>
     <t>Демидович Виталий</t>
   </si>
   <si>
     <t>Лэсь Владислав</t>
   </si>
   <si>
     <t>Пархомович Валерий</t>
   </si>
   <si>
     <t>Романовский Владислав</t>
   </si>
   <si>
     <t>Ципцюра Никита</t>
   </si>
   <si>
     <t>Бранковский Владислав</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
@@ -1197,194 +1197,194 @@
       </c>
       <c r="B31" s="9" t="s">
         <v>38</v>
       </c>
       <c r="C31" s="8">
         <v>2007</v>
       </c>
       <c r="D31" s="8" t="s">
         <v>60</v>
       </c>
       <c r="E31" s="9" t="s">
         <v>64</v>
       </c>
       <c r="F31" s="1"/>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B32" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C32" s="8">
-        <v>1950</v>
+        <v>1967</v>
       </c>
       <c r="D32" s="8" t="s">
         <v>58</v>
       </c>
       <c r="E32" s="9" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="F32" s="1"/>
       <c r="G32" s="1"/>
       <c r="H32" s="1"/>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B33" s="9" t="s">
         <v>40</v>
       </c>
       <c r="C33" s="8">
-        <v>2014</v>
+        <v>1950</v>
       </c>
       <c r="D33" s="8" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="E33" s="9" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="F33" s="1"/>
       <c r="G33" s="1"/>
       <c r="H33" s="1"/>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B34" s="9" t="s">
         <v>41</v>
       </c>
       <c r="C34" s="8">
-        <v>1972</v>
+        <v>2014</v>
       </c>
       <c r="D34" s="8" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="E34" s="9" t="s">
         <v>64</v>
       </c>
       <c r="F34" s="1"/>
       <c r="G34" s="1"/>
       <c r="H34" s="1"/>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B35" s="9" t="s">
         <v>42</v>
       </c>
       <c r="C35" s="8">
-        <v>2012</v>
+        <v>1972</v>
       </c>
       <c r="D35" s="8" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="E35" s="9" t="s">
         <v>64</v>
       </c>
       <c r="F35" s="1"/>
       <c r="G35" s="1"/>
       <c r="H35" s="1"/>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B36" s="9" t="s">
         <v>43</v>
       </c>
       <c r="C36" s="8">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="D36" s="8" t="s">
         <v>57</v>
       </c>
       <c r="E36" s="9" t="s">
         <v>64</v>
       </c>
       <c r="F36" s="1"/>
       <c r="G36" s="1"/>
       <c r="H36" s="1"/>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B37" s="9" t="s">
         <v>44</v>
       </c>
       <c r="C37" s="8">
-        <v>2013</v>
+        <v>2010</v>
       </c>
       <c r="D37" s="8" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="E37" s="9" t="s">
         <v>64</v>
       </c>
       <c r="F37" s="1"/>
       <c r="G37" s="1"/>
       <c r="H37" s="1"/>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B38" s="9" t="s">
         <v>45</v>
       </c>
       <c r="C38" s="8">
         <v>2013</v>
       </c>
       <c r="D38" s="8" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="E38" s="9" t="s">
         <v>64</v>
       </c>
       <c r="F38" s="1"/>
       <c r="G38" s="1"/>
       <c r="H38" s="1"/>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B39" s="9" t="s">
         <v>46</v>
       </c>
       <c r="C39" s="8">
-        <v>1967</v>
+        <v>2013</v>
       </c>
       <c r="D39" s="8" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="E39" s="9" t="s">
         <v>64</v>
       </c>
       <c r="F39" s="1"/>
       <c r="G39" s="1"/>
       <c r="H39" s="1"/>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B40" s="9" t="s">
         <v>47</v>
       </c>
       <c r="C40" s="8">
         <v>2003</v>
       </c>
       <c r="D40" s="8" t="s">
         <v>58</v>
       </c>
       <c r="E40" s="9" t="s">
         <v>65</v>
       </c>
       <c r="F40" s="1"/>