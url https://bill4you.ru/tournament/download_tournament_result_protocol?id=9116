--- v0 (2026-01-15)
+++ v1 (2026-03-05)
@@ -77,51 +77,51 @@
   <si>
     <t>Судья</t>
   </si>
   <si>
     <t>Спортсмен</t>
   </si>
   <si>
     <t>Буслаев Евгений</t>
   </si>
   <si>
     <t>Дзускаев Андрей</t>
   </si>
   <si>
     <t>Матвиенко Владимир</t>
   </si>
   <si>
     <t>Сероштан Андрей</t>
   </si>
   <si>
     <t>Золотилов Константин</t>
   </si>
   <si>
     <t>Луцкер Сергей</t>
   </si>
   <si>
-    <t>Подерин Федор</t>
+    <t>Подерин Фёдор</t>
   </si>
   <si>
     <t>Чинахов Руслан</t>
   </si>
   <si>
     <t>Дуданец Максим</t>
   </si>
   <si>
     <t>Ковалерчик Арсений</t>
   </si>
   <si>
     <t>Лобода Артем</t>
   </si>
   <si>
     <t>Мавлянов Улугбек</t>
   </si>
   <si>
     <t>Новоселов Михаил</t>
   </si>
   <si>
     <t>Ревенков Александр</t>
   </si>
   <si>
     <t>Струнов Никита</t>
   </si>
@@ -1263,51 +1263,51 @@
       </c>
       <c r="C31" s="8">
         <v>2005</v>
       </c>
       <c r="D31" s="8" t="s">
         <v>67</v>
       </c>
       <c r="E31" s="9" t="s">
         <v>72</v>
       </c>
       <c r="F31" s="1"/>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B32" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C32" s="8">
         <v>1987</v>
       </c>
       <c r="D32" s="8" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="E32" s="9" t="s">
         <v>80</v>
       </c>
       <c r="F32" s="1"/>
       <c r="G32" s="1"/>
       <c r="H32" s="1"/>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B33" s="9" t="s">
         <v>40</v>
       </c>
       <c r="C33" s="8">
         <v>2008</v>
       </c>
       <c r="D33" s="8" t="s">
         <v>67</v>
       </c>
       <c r="E33" s="9" t="s">
         <v>81</v>
       </c>
       <c r="F33" s="1"/>