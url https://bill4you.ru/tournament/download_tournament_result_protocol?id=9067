--- v0 (2025-12-08)
+++ v1 (2026-03-05)
@@ -644,51 +644,51 @@
       </c>
       <c r="C8" s="8">
         <v>2000</v>
       </c>
       <c r="D8" s="8" t="s">
         <v>28</v>
       </c>
       <c r="E8" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F8" s="1"/>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="8">
         <v>2</v>
       </c>
       <c r="B9" s="9" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="8">
         <v>1985</v>
       </c>
       <c r="D9" s="8" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="E9" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F9" s="1"/>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="8">
         <v>3</v>
       </c>
       <c r="B10" s="9" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="8">
         <v>1980</v>
       </c>
       <c r="D10" s="8" t="s">
         <v>29</v>
       </c>
       <c r="E10" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F10" s="1"/>
@@ -764,51 +764,51 @@
       </c>
       <c r="C14" s="8">
         <v>2009</v>
       </c>
       <c r="D14" s="8" t="s">
         <v>30</v>
       </c>
       <c r="E14" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F14" s="1"/>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B15" s="9" t="s">
         <v>19</v>
       </c>
       <c r="C15" s="8">
         <v>2002</v>
       </c>
       <c r="D15" s="8" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="E15" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B16" s="9" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="8">
         <v>1977</v>
       </c>
       <c r="D16" s="8" t="s">
         <v>29</v>
       </c>
       <c r="E16" s="9" t="s">
         <v>34</v>
       </c>
       <c r="F16" s="1"/>