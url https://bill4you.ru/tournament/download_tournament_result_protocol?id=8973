--- v0 (2026-01-11)
+++ v1 (2026-02-28)
@@ -119,51 +119,51 @@
   <si>
     <t>Рузанов Николай</t>
   </si>
   <si>
     <t>Хмелевских Николай</t>
   </si>
   <si>
     <t>Шмонов Алексей</t>
   </si>
   <si>
     <t>Абрамов Юрий</t>
   </si>
   <si>
     <t>Бородин Дмитрий</t>
   </si>
   <si>
     <t>Гадельшин Рамиль</t>
   </si>
   <si>
     <t>Жильгильдин Аскар</t>
   </si>
   <si>
     <t>Кленин Валерий</t>
   </si>
   <si>
-    <t>Нектов Сергей Михайлович сергей</t>
+    <t>Нектов Сергей</t>
   </si>
   <si>
     <t>Рукавишников Виктор</t>
   </si>
   <si>
     <t>Семерня Юрий</t>
   </si>
   <si>
     <t>Гольченко Сергей</t>
   </si>
   <si>
     <t>Ефимов Олег</t>
   </si>
   <si>
     <t>Лопин Андрей</t>
   </si>
   <si>
     <t>Сомов Сергей</t>
   </si>
   <si>
     <t>Ушаков Александр</t>
   </si>
   <si>
     <t>Эльсер Александр</t>
   </si>