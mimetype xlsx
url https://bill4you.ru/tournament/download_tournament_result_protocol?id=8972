--- v0 (2025-12-11)
+++ v1 (2026-03-10)
@@ -80,51 +80,51 @@
   <si>
     <t>Шейнин Андрей</t>
   </si>
   <si>
     <t>Вашковский Александр</t>
   </si>
   <si>
     <t>Кулинченко Александр</t>
   </si>
   <si>
     <t>Овсяник Илья</t>
   </si>
   <si>
     <t>Трубин Александр</t>
   </si>
   <si>
     <t>Вашукевич Павел</t>
   </si>
   <si>
     <t>Ерко Кирилл</t>
   </si>
   <si>
     <t>Абрамова Марина</t>
   </si>
   <si>
-    <t>Вячеслав Вишневский</t>
+    <t>Вашковский Вячеслав</t>
   </si>
   <si>
     <t>Казук Александр</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>КМС</t>
   </si>
   <si>
     <t>Город</t>
   </si>
   <si>
     <t>Могилёв</t>
   </si>