--- v0 (2026-02-03)
+++ v1 (2026-03-21)
@@ -119,66 +119,66 @@
   <si>
     <t>Науменко Богдан</t>
   </si>
   <si>
     <t>Яланский Александр</t>
   </si>
   <si>
     <t>Аксень Владислав</t>
   </si>
   <si>
     <t>Анин Максим</t>
   </si>
   <si>
     <t>Добриян Ольга</t>
   </si>
   <si>
     <t>Храмцевич Леонид</t>
   </si>
   <si>
     <t>Агузов Игорь</t>
   </si>
   <si>
     <t>Бралковский Никита</t>
   </si>
   <si>
+    <t>Гриб Роберт</t>
+  </si>
+  <si>
     <t>Драгун Юрий</t>
   </si>
   <si>
     <t>Костюк Константин</t>
   </si>
   <si>
     <t>Мойсюк Илья</t>
   </si>
   <si>
     <t>Плавник Алексей</t>
   </si>
   <si>
     <t>Шилович Владимир</t>
-  </si>
-[...1 lines deleted...]
-    <t>Hryb Robert</t>
   </si>
   <si>
     <t>Белоглазко Андрей</t>
   </si>
   <si>
     <t>Бурковский Олег</t>
   </si>
   <si>
     <t>Ветошко Евгений</t>
   </si>
   <si>
     <t>Гребень Сергей</t>
   </si>
   <si>
     <t>Зеневич Павел</t>
   </si>
   <si>
     <t>Ращинский Юрий</t>
   </si>
   <si>
     <t>Хуторной Евгений</t>
   </si>
   <si>
     <t>Черник Арсений</t>
   </si>
@@ -971,51 +971,51 @@
       </c>
       <c r="C17" s="8">
         <v>1982</v>
       </c>
       <c r="D17" s="8" t="s">
         <v>71</v>
       </c>
       <c r="E17" s="9" t="s">
         <v>78</v>
       </c>
       <c r="F17" s="1"/>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B18" s="9" t="s">
         <v>27</v>
       </c>
       <c r="C18" s="8">
         <v>2014</v>
       </c>
       <c r="D18" s="8" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E18" s="9" t="s">
         <v>77</v>
       </c>
       <c r="F18" s="1"/>
       <c r="G18" s="1"/>
       <c r="H18" s="1"/>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B19" s="9" t="s">
         <v>28</v>
       </c>
       <c r="C19" s="8">
         <v>1975</v>
       </c>
       <c r="D19" s="8" t="s">
         <v>71</v>
       </c>
       <c r="E19" s="9" t="s">
         <v>78</v>
       </c>
       <c r="F19" s="1"/>
@@ -1128,157 +1128,157 @@
       </c>
       <c r="B25" s="9" t="s">
         <v>34</v>
       </c>
       <c r="C25" s="8">
         <v>1997</v>
       </c>
       <c r="D25" s="8" t="s">
         <v>71</v>
       </c>
       <c r="E25" s="9" t="s">
         <v>77</v>
       </c>
       <c r="F25" s="1"/>
       <c r="G25" s="1"/>
       <c r="H25" s="1"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B26" s="9" t="s">
         <v>35</v>
       </c>
       <c r="C26" s="8">
-        <v>1981</v>
+        <v>1967</v>
       </c>
       <c r="D26" s="8" t="s">
         <v>71</v>
       </c>
       <c r="E26" s="9" t="s">
         <v>77</v>
       </c>
       <c r="F26" s="1"/>
       <c r="G26" s="1"/>
       <c r="H26" s="1"/>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B27" s="9" t="s">
         <v>36</v>
       </c>
       <c r="C27" s="8">
-        <v>1974</v>
+        <v>1981</v>
       </c>
       <c r="D27" s="8" t="s">
         <v>71</v>
       </c>
       <c r="E27" s="9" t="s">
         <v>77</v>
       </c>
       <c r="F27" s="1"/>
       <c r="G27" s="1"/>
       <c r="H27" s="1"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B28" s="9" t="s">
         <v>37</v>
       </c>
       <c r="C28" s="8">
-        <v>1985</v>
+        <v>1974</v>
       </c>
       <c r="D28" s="8" t="s">
         <v>71</v>
       </c>
       <c r="E28" s="9" t="s">
         <v>77</v>
       </c>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B29" s="9" t="s">
         <v>38</v>
       </c>
       <c r="C29" s="8">
-        <v>1984</v>
+        <v>1985</v>
       </c>
       <c r="D29" s="8" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="E29" s="9" t="s">
         <v>77</v>
       </c>
       <c r="F29" s="1"/>
       <c r="G29" s="1"/>
       <c r="H29" s="1"/>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B30" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C30" s="8">
-        <v>1980</v>
+        <v>1984</v>
       </c>
       <c r="D30" s="8" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="E30" s="9" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="F30" s="1"/>
       <c r="G30" s="1"/>
       <c r="H30" s="1"/>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B31" s="9" t="s">
         <v>40</v>
       </c>
       <c r="C31" s="8">
-        <v>1967</v>
+        <v>1980</v>
       </c>
       <c r="D31" s="8" t="s">
         <v>71</v>
       </c>
       <c r="E31" s="9" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="F31" s="1"/>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B32" s="9" t="s">
         <v>41</v>
       </c>
       <c r="C32" s="8">
         <v>1968</v>
       </c>
       <c r="D32" s="8" t="s">
         <v>71</v>
       </c>
       <c r="E32" s="9" t="s">
         <v>77</v>
       </c>
       <c r="F32" s="1"/>
       <c r="G32" s="1"/>
       <c r="H32" s="1"/>
     </row>