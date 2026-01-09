--- v0 (2025-11-20)
+++ v1 (2026-01-09)
@@ -835,53 +835,55 @@
         <v>6</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>19</v>
       </c>
       <c r="C14" s="8">
         <v>1989</v>
       </c>
       <c r="D14" s="8" t="s">
         <v>53</v>
       </c>
       <c r="E14" s="9" t="s">
         <v>57</v>
       </c>
       <c r="F14" s="1"/>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B15" s="9" t="s">
         <v>20</v>
       </c>
-      <c r="C15" s="8"/>
+      <c r="C15" s="8">
+        <v>1986</v>
+      </c>
       <c r="D15" s="8" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="E15" s="9" t="s">
         <v>56</v>
       </c>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B16" s="9" t="s">
         <v>21</v>
       </c>
       <c r="C16" s="8">
         <v>2002</v>
       </c>
       <c r="D16" s="8" t="s">
         <v>53</v>
       </c>
       <c r="E16" s="9" t="s">
         <v>57</v>
       </c>
       <c r="F16" s="1"/>