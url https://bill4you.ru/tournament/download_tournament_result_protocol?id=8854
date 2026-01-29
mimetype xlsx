--- v0 (2025-12-04)
+++ v1 (2026-01-29)
@@ -68,51 +68,51 @@
   <si>
     <t>Главный секретарь</t>
   </si>
   <si>
     <t>Судья</t>
   </si>
   <si>
     <t>Спортсмен</t>
   </si>
   <si>
     <t>Лябук София</t>
   </si>
   <si>
     <t>Лесь-Нелина Дарья</t>
   </si>
   <si>
     <t>Андросова Гудея</t>
   </si>
   <si>
     <t>Мельтинова Елизавета</t>
   </si>
   <si>
     <t>Голдырева Агния</t>
   </si>
   <si>
-    <t>Rumyantseva Alla</t>
+    <t>Румянцева Алла</t>
   </si>
   <si>
     <t>Голубева Анастасия</t>
   </si>
   <si>
     <t>Егорова Ульяна</t>
   </si>
   <si>
     <t>Томина Вероника</t>
   </si>
   <si>
     <t>Trofimova Tuleiana</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>Янцевич Сергей</t>
   </si>
   <si>
     <t>Соседов Станислав</t>
   </si>
   <si>
     <t>______________________</t>
   </si>