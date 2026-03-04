--- v0 (2025-12-25)
+++ v1 (2026-03-04)
@@ -266,57 +266,57 @@
   <si>
     <t>Соловьев Александр</t>
   </si>
   <si>
     <t>Федоров Илья</t>
   </si>
   <si>
     <t>Цыцыков Олег</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>МС</t>
   </si>
   <si>
     <t>КМС</t>
   </si>
   <si>
-    <t>1р</t>
-[...1 lines deleted...]
-  <si>
     <t>МСМК</t>
   </si>
   <si>
     <t>2р</t>
+  </si>
+  <si>
+    <t>1р</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>3р</t>
   </si>
   <si>
     <t>Регион</t>
   </si>
   <si>
     <t>ХМАО - Югра</t>
   </si>
   <si>
     <t>Новосибирская область</t>
   </si>
   <si>
     <t>Рязанская область</t>
   </si>
   <si>
     <t>ДНР</t>
   </si>
   <si>
     <t>Республика Татарстан (Татарстан)</t>
   </si>
@@ -1318,111 +1318,111 @@
       </c>
       <c r="C30" s="8">
         <v>2006</v>
       </c>
       <c r="D30" s="8" t="s">
         <v>82</v>
       </c>
       <c r="E30" s="9" t="s">
         <v>96</v>
       </c>
       <c r="F30" s="1"/>
       <c r="G30" s="1"/>
       <c r="H30" s="1"/>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B31" s="9" t="s">
         <v>38</v>
       </c>
       <c r="C31" s="8">
         <v>2010</v>
       </c>
       <c r="D31" s="8" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="E31" s="9" t="s">
         <v>90</v>
       </c>
       <c r="F31" s="1"/>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B32" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C32" s="8">
         <v>1994</v>
       </c>
       <c r="D32" s="8" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="E32" s="9" t="s">
         <v>90</v>
       </c>
       <c r="F32" s="1"/>
       <c r="G32" s="1"/>
       <c r="H32" s="1"/>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B33" s="9" t="s">
         <v>40</v>
       </c>
       <c r="C33" s="8">
         <v>2006</v>
       </c>
       <c r="D33" s="8" t="s">
         <v>83</v>
       </c>
       <c r="E33" s="9" t="s">
         <v>91</v>
       </c>
       <c r="F33" s="1"/>
       <c r="G33" s="1"/>
       <c r="H33" s="1"/>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B34" s="9" t="s">
         <v>41</v>
       </c>
       <c r="C34" s="8">
         <v>1983</v>
       </c>
       <c r="D34" s="8" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="E34" s="9" t="s">
         <v>97</v>
       </c>
       <c r="F34" s="1"/>
       <c r="G34" s="1"/>
       <c r="H34" s="1"/>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B35" s="9" t="s">
         <v>42</v>
       </c>
       <c r="C35" s="8">
         <v>2005</v>
       </c>
       <c r="D35" s="8" t="s">
         <v>82</v>
       </c>
       <c r="E35" s="9" t="s">
         <v>101</v>
       </c>
       <c r="F35" s="1"/>
@@ -1498,71 +1498,71 @@
       </c>
       <c r="C39" s="8">
         <v>1988</v>
       </c>
       <c r="D39" s="8" t="s">
         <v>83</v>
       </c>
       <c r="E39" s="9" t="s">
         <v>103</v>
       </c>
       <c r="F39" s="1"/>
       <c r="G39" s="1"/>
       <c r="H39" s="1"/>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B40" s="9" t="s">
         <v>47</v>
       </c>
       <c r="C40" s="8">
         <v>2008</v>
       </c>
       <c r="D40" s="8" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="E40" s="9" t="s">
         <v>97</v>
       </c>
       <c r="F40" s="1"/>
       <c r="G40" s="1"/>
       <c r="H40" s="1"/>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B41" s="9" t="s">
         <v>48</v>
       </c>
       <c r="C41" s="8">
         <v>2008</v>
       </c>
       <c r="D41" s="8" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="E41" s="9" t="s">
         <v>97</v>
       </c>
       <c r="F41" s="1"/>
       <c r="G41" s="1"/>
       <c r="H41" s="1"/>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B42" s="9" t="s">
         <v>49</v>
       </c>
       <c r="C42" s="8">
         <v>1981</v>
       </c>
       <c r="D42" s="8" t="s">
         <v>87</v>
       </c>
       <c r="E42" s="9" t="s">
         <v>104</v>
       </c>
       <c r="F42" s="1"/>
@@ -1598,51 +1598,51 @@
       </c>
       <c r="C44" s="8">
         <v>1987</v>
       </c>
       <c r="D44" s="8" t="s">
         <v>87</v>
       </c>
       <c r="E44" s="9" t="s">
         <v>106</v>
       </c>
       <c r="F44" s="1"/>
       <c r="G44" s="1"/>
       <c r="H44" s="1"/>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B45" s="9" t="s">
         <v>52</v>
       </c>
       <c r="C45" s="8">
         <v>1974</v>
       </c>
       <c r="D45" s="8" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="E45" s="9" t="s">
         <v>107</v>
       </c>
       <c r="F45" s="1"/>
       <c r="G45" s="1"/>
       <c r="H45" s="1"/>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B46" s="9" t="s">
         <v>53</v>
       </c>
       <c r="C46" s="8">
         <v>1996</v>
       </c>
       <c r="D46" s="8" t="s">
         <v>83</v>
       </c>
       <c r="E46" s="9" t="s">
         <v>96</v>
       </c>
       <c r="F46" s="1"/>
@@ -1678,51 +1678,51 @@
       </c>
       <c r="C48" s="8">
         <v>2008</v>
       </c>
       <c r="D48" s="8" t="s">
         <v>83</v>
       </c>
       <c r="E48" s="9" t="s">
         <v>108</v>
       </c>
       <c r="F48" s="1"/>
       <c r="G48" s="1"/>
       <c r="H48" s="1"/>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B49" s="9" t="s">
         <v>56</v>
       </c>
       <c r="C49" s="8">
         <v>1977</v>
       </c>
       <c r="D49" s="8" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="E49" s="9" t="s">
         <v>108</v>
       </c>
       <c r="F49" s="1"/>
       <c r="G49" s="1"/>
       <c r="H49" s="1"/>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B50" s="9" t="s">
         <v>57</v>
       </c>
       <c r="C50" s="8">
         <v>2008</v>
       </c>
       <c r="D50" s="8" t="s">
         <v>87</v>
       </c>
       <c r="E50" s="9" t="s">
         <v>109</v>
       </c>
       <c r="F50" s="1"/>