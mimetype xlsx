--- v0 (2025-12-05)
+++ v1 (2026-02-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="162">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="161">
   <si>
     <t>Московский Союз Бильярдного Спорта</t>
   </si>
   <si>
     <t>Всероссийские соревнования "Юные легенды", юноши до 16 лет</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>28.10.2025, БК "Легенда" (г. Москва), Россия, Москва, Митино,  м. Волоколамская,  Пятницкое ш.,  д. 3,  ТЦ "Пятница",  2 этаж</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 16</t>
   </si>
   <si>
@@ -468,53 +468,50 @@
     <t>Ярославская область</t>
   </si>
   <si>
     <t>Рязанская область</t>
   </si>
   <si>
     <t>Тамбовская область</t>
   </si>
   <si>
     <t>Пермский край</t>
   </si>
   <si>
     <t>Хабаровский край</t>
   </si>
   <si>
     <t>Волгоградская область</t>
   </si>
   <si>
     <t>Москва</t>
   </si>
   <si>
     <t>Воронежская область</t>
   </si>
   <si>
     <t>Владимирская область</t>
-  </si>
-[...1 lines deleted...]
-    <t>Курганская область</t>
   </si>
   <si>
     <t>Санкт-Петербург</t>
   </si>
   <si>
     <t>Калужская область</t>
   </si>
   <si>
     <t>Кировская область</t>
   </si>
   <si>
     <t>Московская область</t>
   </si>
   <si>
     <t>Республика Коми</t>
   </si>
   <si>
     <t>Смоленская область</t>
   </si>
   <si>
     <t>Саратовская область</t>
   </si>
   <si>
     <t>Республика Мордовия</t>
   </si>
@@ -1105,51 +1102,51 @@
       </c>
       <c r="C12" s="8">
         <v>2010</v>
       </c>
       <c r="D12" s="8" t="s">
         <v>132</v>
       </c>
       <c r="E12" s="9" t="s">
         <v>144</v>
       </c>
       <c r="F12" s="1"/>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="9" t="s">
         <v>21</v>
       </c>
       <c r="C13" s="8">
         <v>2012</v>
       </c>
       <c r="D13" s="8" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="E13" s="9" t="s">
         <v>145</v>
       </c>
       <c r="F13" s="1"/>
       <c r="G13" s="1"/>
       <c r="H13" s="1"/>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>22</v>
       </c>
       <c r="C14" s="8">
         <v>2009</v>
       </c>
       <c r="D14" s="8" t="s">
         <v>134</v>
       </c>
       <c r="E14" s="9" t="s">
         <v>146</v>
       </c>
       <c r="F14" s="1"/>
@@ -1268,51 +1265,51 @@
       </c>
       <c r="D20" s="8" t="s">
         <v>134</v>
       </c>
       <c r="E20" s="9" t="s">
         <v>151</v>
       </c>
       <c r="F20" s="1"/>
       <c r="G20" s="1"/>
       <c r="H20" s="1"/>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B21" s="9" t="s">
         <v>29</v>
       </c>
       <c r="C21" s="8">
         <v>2012</v>
       </c>
       <c r="D21" s="8" t="s">
         <v>134</v>
       </c>
       <c r="E21" s="9" t="s">
-        <v>152</v>
+        <v>142</v>
       </c>
       <c r="F21" s="1"/>
       <c r="G21" s="1"/>
       <c r="H21" s="1"/>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B22" s="9" t="s">
         <v>30</v>
       </c>
       <c r="C22" s="8">
         <v>2011</v>
       </c>
       <c r="D22" s="8" t="s">
         <v>132</v>
       </c>
       <c r="E22" s="9" t="s">
         <v>151</v>
       </c>
       <c r="F22" s="1"/>
       <c r="G22" s="1"/>
       <c r="H22" s="1"/>
     </row>
@@ -1348,51 +1345,51 @@
       </c>
       <c r="D24" s="8" t="s">
         <v>134</v>
       </c>
       <c r="E24" s="9" t="s">
         <v>147</v>
       </c>
       <c r="F24" s="1"/>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B25" s="9" t="s">
         <v>33</v>
       </c>
       <c r="C25" s="8">
         <v>2011</v>
       </c>
       <c r="D25" s="8" t="s">
         <v>134</v>
       </c>
       <c r="E25" s="9" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="F25" s="1"/>
       <c r="G25" s="1"/>
       <c r="H25" s="1"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B26" s="9" t="s">
         <v>34</v>
       </c>
       <c r="C26" s="8">
         <v>2011</v>
       </c>
       <c r="D26" s="8" t="s">
         <v>133</v>
       </c>
       <c r="E26" s="9" t="s">
         <v>141</v>
       </c>
       <c r="F26" s="1"/>
       <c r="G26" s="1"/>
       <c r="H26" s="1"/>
     </row>
@@ -1528,51 +1525,51 @@
       </c>
       <c r="D33" s="8" t="s">
         <v>134</v>
       </c>
       <c r="E33" s="9" t="s">
         <v>149</v>
       </c>
       <c r="F33" s="1"/>
       <c r="G33" s="1"/>
       <c r="H33" s="1"/>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B34" s="9" t="s">
         <v>42</v>
       </c>
       <c r="C34" s="8">
         <v>2011</v>
       </c>
       <c r="D34" s="8" t="s">
         <v>133</v>
       </c>
       <c r="E34" s="9" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="F34" s="1"/>
       <c r="G34" s="1"/>
       <c r="H34" s="1"/>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B35" s="9" t="s">
         <v>43</v>
       </c>
       <c r="C35" s="8">
         <v>2012</v>
       </c>
       <c r="D35" s="8" t="s">
         <v>133</v>
       </c>
       <c r="E35" s="9" t="s">
         <v>144</v>
       </c>
       <c r="F35" s="1"/>
       <c r="G35" s="1"/>
       <c r="H35" s="1"/>
     </row>
@@ -1608,151 +1605,151 @@
       </c>
       <c r="D37" s="8" t="s">
         <v>135</v>
       </c>
       <c r="E37" s="9" t="s">
         <v>145</v>
       </c>
       <c r="F37" s="1"/>
       <c r="G37" s="1"/>
       <c r="H37" s="1"/>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B38" s="9" t="s">
         <v>46</v>
       </c>
       <c r="C38" s="8">
         <v>2010</v>
       </c>
       <c r="D38" s="8" t="s">
         <v>132</v>
       </c>
       <c r="E38" s="9" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="F38" s="1"/>
       <c r="G38" s="1"/>
       <c r="H38" s="1"/>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B39" s="9" t="s">
         <v>47</v>
       </c>
       <c r="C39" s="8">
         <v>2014</v>
       </c>
       <c r="D39" s="8" t="s">
         <v>134</v>
       </c>
       <c r="E39" s="9" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="F39" s="1"/>
       <c r="G39" s="1"/>
       <c r="H39" s="1"/>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B40" s="9" t="s">
         <v>48</v>
       </c>
       <c r="C40" s="8">
         <v>2010</v>
       </c>
       <c r="D40" s="8" t="s">
         <v>136</v>
       </c>
       <c r="E40" s="9" t="s">
         <v>143</v>
       </c>
       <c r="F40" s="1"/>
       <c r="G40" s="1"/>
       <c r="H40" s="1"/>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B41" s="9" t="s">
         <v>49</v>
       </c>
       <c r="C41" s="8">
         <v>2011</v>
       </c>
       <c r="D41" s="8" t="s">
         <v>135</v>
       </c>
       <c r="E41" s="9" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="F41" s="1"/>
       <c r="G41" s="1"/>
       <c r="H41" s="1"/>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B42" s="9" t="s">
         <v>50</v>
       </c>
       <c r="C42" s="8">
         <v>2012</v>
       </c>
       <c r="D42" s="8" t="s">
         <v>135</v>
       </c>
       <c r="E42" s="9" t="s">
         <v>144</v>
       </c>
       <c r="F42" s="1"/>
       <c r="G42" s="1"/>
       <c r="H42" s="1"/>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B43" s="9" t="s">
         <v>51</v>
       </c>
       <c r="C43" s="8">
         <v>2013</v>
       </c>
       <c r="D43" s="8" t="s">
         <v>135</v>
       </c>
       <c r="E43" s="9" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="F43" s="1"/>
       <c r="G43" s="1"/>
       <c r="H43" s="1"/>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B44" s="9" t="s">
         <v>52</v>
       </c>
       <c r="C44" s="8">
         <v>2011</v>
       </c>
       <c r="D44" s="8" t="s">
         <v>138</v>
       </c>
       <c r="E44" s="9" t="s">
         <v>150</v>
       </c>
       <c r="F44" s="1"/>
       <c r="G44" s="1"/>
       <c r="H44" s="1"/>
     </row>
@@ -1948,51 +1945,51 @@
       </c>
       <c r="D54" s="8" t="s">
         <v>133</v>
       </c>
       <c r="E54" s="9" t="s">
         <v>149</v>
       </c>
       <c r="F54" s="1"/>
       <c r="G54" s="1"/>
       <c r="H54" s="1"/>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B55" s="9" t="s">
         <v>63</v>
       </c>
       <c r="C55" s="8">
         <v>2011</v>
       </c>
       <c r="D55" s="8" t="s">
         <v>135</v>
       </c>
       <c r="E55" s="9" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="F55" s="1"/>
       <c r="G55" s="1"/>
       <c r="H55" s="1"/>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B56" s="9" t="s">
         <v>64</v>
       </c>
       <c r="C56" s="8">
         <v>2015</v>
       </c>
       <c r="D56" s="8" t="s">
         <v>135</v>
       </c>
       <c r="E56" s="9" t="s">
         <v>149</v>
       </c>
       <c r="F56" s="1"/>
       <c r="G56" s="1"/>
       <c r="H56" s="1"/>
     </row>
@@ -2028,51 +2025,51 @@
       </c>
       <c r="D58" s="8" t="s">
         <v>135</v>
       </c>
       <c r="E58" s="9" t="s">
         <v>144</v>
       </c>
       <c r="F58" s="1"/>
       <c r="G58" s="1"/>
       <c r="H58" s="1"/>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B59" s="9" t="s">
         <v>67</v>
       </c>
       <c r="C59" s="8">
         <v>2012</v>
       </c>
       <c r="D59" s="8" t="s">
         <v>135</v>
       </c>
       <c r="E59" s="9" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="F59" s="1"/>
       <c r="G59" s="1"/>
       <c r="H59" s="1"/>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B60" s="9" t="s">
         <v>68</v>
       </c>
       <c r="C60" s="8">
         <v>2011</v>
       </c>
       <c r="D60" s="8" t="s">
         <v>136</v>
       </c>
       <c r="E60" s="9" t="s">
         <v>144</v>
       </c>
       <c r="F60" s="1"/>
       <c r="G60" s="1"/>
       <c r="H60" s="1"/>
     </row>
@@ -2108,51 +2105,51 @@
       </c>
       <c r="D62" s="8" t="s">
         <v>135</v>
       </c>
       <c r="E62" s="9" t="s">
         <v>149</v>
       </c>
       <c r="F62" s="1"/>
       <c r="G62" s="1"/>
       <c r="H62" s="1"/>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B63" s="9" t="s">
         <v>71</v>
       </c>
       <c r="C63" s="8">
         <v>2016</v>
       </c>
       <c r="D63" s="8" t="s">
         <v>135</v>
       </c>
       <c r="E63" s="9" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="F63" s="1"/>
       <c r="G63" s="1"/>
       <c r="H63" s="1"/>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B64" s="9" t="s">
         <v>72</v>
       </c>
       <c r="C64" s="8">
         <v>2013</v>
       </c>
       <c r="D64" s="8" t="s">
         <v>135</v>
       </c>
       <c r="E64" s="9" t="s">
         <v>149</v>
       </c>
       <c r="F64" s="1"/>
       <c r="G64" s="1"/>
       <c r="H64" s="1"/>
     </row>
@@ -2188,51 +2185,51 @@
       </c>
       <c r="D66" s="8" t="s">
         <v>134</v>
       </c>
       <c r="E66" s="9" t="s">
         <v>147</v>
       </c>
       <c r="F66" s="1"/>
       <c r="G66" s="1"/>
       <c r="H66" s="1"/>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B67" s="9" t="s">
         <v>75</v>
       </c>
       <c r="C67" s="8">
         <v>2011</v>
       </c>
       <c r="D67" s="8" t="s">
         <v>132</v>
       </c>
       <c r="E67" s="9" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="F67" s="1"/>
       <c r="G67" s="1"/>
       <c r="H67" s="1"/>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B68" s="9" t="s">
         <v>76</v>
       </c>
       <c r="C68" s="8">
         <v>2013</v>
       </c>
       <c r="D68" s="8" t="s">
         <v>135</v>
       </c>
       <c r="E68" s="9" t="s">
         <v>149</v>
       </c>
       <c r="F68" s="1"/>
       <c r="G68" s="1"/>
       <c r="H68" s="1"/>
     </row>
@@ -2268,131 +2265,131 @@
       </c>
       <c r="D70" s="8" t="s">
         <v>136</v>
       </c>
       <c r="E70" s="9" t="s">
         <v>147</v>
       </c>
       <c r="F70" s="1"/>
       <c r="G70" s="1"/>
       <c r="H70" s="1"/>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B71" s="9" t="s">
         <v>79</v>
       </c>
       <c r="C71" s="8">
         <v>2010</v>
       </c>
       <c r="D71" s="8" t="s">
         <v>134</v>
       </c>
       <c r="E71" s="9" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="F71" s="1"/>
       <c r="G71" s="1"/>
       <c r="H71" s="1"/>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B72" s="9" t="s">
         <v>80</v>
       </c>
       <c r="C72" s="8">
         <v>2018</v>
       </c>
       <c r="D72" s="8" t="s">
         <v>135</v>
       </c>
       <c r="E72" s="9" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="F72" s="1"/>
       <c r="G72" s="1"/>
       <c r="H72" s="1"/>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B73" s="9" t="s">
         <v>81</v>
       </c>
       <c r="C73" s="8">
         <v>2014</v>
       </c>
       <c r="D73" s="8" t="s">
         <v>135</v>
       </c>
       <c r="E73" s="9" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="F73" s="1"/>
       <c r="G73" s="1"/>
       <c r="H73" s="1"/>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B74" s="9" t="s">
         <v>82</v>
       </c>
       <c r="C74" s="8">
         <v>2011</v>
       </c>
       <c r="D74" s="8" t="s">
         <v>135</v>
       </c>
       <c r="E74" s="9" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="F74" s="1"/>
       <c r="G74" s="1"/>
       <c r="H74" s="1"/>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B75" s="9" t="s">
         <v>83</v>
       </c>
       <c r="C75" s="8">
         <v>2012</v>
       </c>
       <c r="D75" s="8" t="s">
         <v>135</v>
       </c>
       <c r="E75" s="9" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="F75" s="1"/>
       <c r="G75" s="1"/>
       <c r="H75" s="1"/>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B76" s="9" t="s">
         <v>84</v>
       </c>
       <c r="C76" s="8">
         <v>2010</v>
       </c>
       <c r="D76" s="8" t="s">
         <v>136</v>
       </c>
       <c r="E76" s="9" t="s">
         <v>150</v>
       </c>
       <c r="F76" s="1"/>
       <c r="G76" s="1"/>
       <c r="H76" s="1"/>
     </row>
@@ -2508,171 +2505,171 @@
       </c>
       <c r="D82" s="8" t="s">
         <v>136</v>
       </c>
       <c r="E82" s="9" t="s">
         <v>144</v>
       </c>
       <c r="F82" s="1"/>
       <c r="G82" s="1"/>
       <c r="H82" s="1"/>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B83" s="9" t="s">
         <v>91</v>
       </c>
       <c r="C83" s="8">
         <v>2015</v>
       </c>
       <c r="D83" s="8" t="s">
         <v>135</v>
       </c>
       <c r="E83" s="9" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="F83" s="1"/>
       <c r="G83" s="1"/>
       <c r="H83" s="1"/>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B84" s="9" t="s">
         <v>92</v>
       </c>
       <c r="C84" s="8">
         <v>2016</v>
       </c>
       <c r="D84" s="8" t="s">
         <v>135</v>
       </c>
       <c r="E84" s="9" t="s">
         <v>149</v>
       </c>
       <c r="F84" s="1"/>
       <c r="G84" s="1"/>
       <c r="H84" s="1"/>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B85" s="9" t="s">
         <v>93</v>
       </c>
       <c r="C85" s="8">
         <v>2014</v>
       </c>
       <c r="D85" s="8" t="s">
         <v>135</v>
       </c>
       <c r="E85" s="9" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="F85" s="1"/>
       <c r="G85" s="1"/>
       <c r="H85" s="1"/>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B86" s="9" t="s">
         <v>94</v>
       </c>
       <c r="C86" s="8">
         <v>2016</v>
       </c>
       <c r="D86" s="8" t="s">
         <v>135</v>
       </c>
       <c r="E86" s="9" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="F86" s="1"/>
       <c r="G86" s="1"/>
       <c r="H86" s="1"/>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B87" s="9" t="s">
         <v>95</v>
       </c>
       <c r="C87" s="8">
         <v>2012</v>
       </c>
       <c r="D87" s="8" t="s">
         <v>135</v>
       </c>
       <c r="E87" s="9" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="F87" s="1"/>
       <c r="G87" s="1"/>
       <c r="H87" s="1"/>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B88" s="9" t="s">
         <v>96</v>
       </c>
       <c r="C88" s="8">
         <v>2011</v>
       </c>
       <c r="D88" s="8" t="s">
         <v>135</v>
       </c>
       <c r="E88" s="9" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="F88" s="1"/>
       <c r="G88" s="1"/>
       <c r="H88" s="1"/>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B89" s="9" t="s">
         <v>97</v>
       </c>
       <c r="C89" s="8">
         <v>2013</v>
       </c>
       <c r="D89" s="8" t="s">
         <v>135</v>
       </c>
       <c r="E89" s="9" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="F89" s="1"/>
       <c r="G89" s="1"/>
       <c r="H89" s="1"/>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B90" s="9" t="s">
         <v>98</v>
       </c>
       <c r="C90" s="8">
         <v>2012</v>
       </c>
       <c r="D90" s="8" t="s">
         <v>135</v>
       </c>
       <c r="E90" s="9" t="s">
         <v>149</v>
       </c>
       <c r="F90" s="1"/>
       <c r="G90" s="1"/>
       <c r="H90" s="1"/>
     </row>
@@ -2708,51 +2705,51 @@
       </c>
       <c r="D92" s="8" t="s">
         <v>136</v>
       </c>
       <c r="E92" s="9" t="s">
         <v>147</v>
       </c>
       <c r="F92" s="1"/>
       <c r="G92" s="1"/>
       <c r="H92" s="1"/>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B93" s="9" t="s">
         <v>101</v>
       </c>
       <c r="C93" s="8">
         <v>2009</v>
       </c>
       <c r="D93" s="8" t="s">
         <v>135</v>
       </c>
       <c r="E93" s="9" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="F93" s="1"/>
       <c r="G93" s="1"/>
       <c r="H93" s="1"/>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B94" s="9" t="s">
         <v>102</v>
       </c>
       <c r="C94" s="8">
         <v>2012</v>
       </c>
       <c r="D94" s="8" t="s">
         <v>135</v>
       </c>
       <c r="E94" s="9" t="s">
         <v>144</v>
       </c>
       <c r="F94" s="1"/>
       <c r="G94" s="1"/>
       <c r="H94" s="1"/>
     </row>
@@ -2765,94 +2762,94 @@
       </c>
       <c r="C95" s="8">
         <v>2013</v>
       </c>
       <c r="D95" s="8" t="s">
         <v>135</v>
       </c>
       <c r="E95" s="9" t="s">
         <v>149</v>
       </c>
       <c r="F95" s="1"/>
       <c r="G95" s="1"/>
       <c r="H95" s="1"/>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B96" s="9" t="s">
         <v>104</v>
       </c>
       <c r="C96" s="8">
         <v>2010</v>
       </c>
       <c r="D96" s="8" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="E96" s="9" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="F96" s="1"/>
       <c r="G96" s="1"/>
       <c r="H96" s="1"/>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B97" s="9" t="s">
         <v>105</v>
       </c>
       <c r="C97" s="8">
         <v>2010</v>
       </c>
       <c r="D97" s="8" t="s">
         <v>135</v>
       </c>
       <c r="E97" s="9" t="s">
         <v>149</v>
       </c>
       <c r="F97" s="1"/>
       <c r="G97" s="1"/>
       <c r="H97" s="1"/>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B98" s="9" t="s">
         <v>106</v>
       </c>
       <c r="C98" s="8">
         <v>2014</v>
       </c>
       <c r="D98" s="8" t="s">
         <v>135</v>
       </c>
       <c r="E98" s="9" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="F98" s="1"/>
       <c r="G98" s="1"/>
       <c r="H98" s="1"/>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B99" s="9" t="s">
         <v>107</v>
       </c>
       <c r="C99" s="8">
         <v>2012</v>
       </c>
       <c r="D99" s="8" t="s">
         <v>135</v>
       </c>
       <c r="E99" s="9" t="s">
         <v>149</v>
       </c>
       <c r="F99" s="1"/>
       <c r="G99" s="1"/>
       <c r="H99" s="1"/>
     </row>
@@ -2868,51 +2865,51 @@
       </c>
       <c r="D100" s="8" t="s">
         <v>138</v>
       </c>
       <c r="E100" s="9" t="s">
         <v>150</v>
       </c>
       <c r="F100" s="1"/>
       <c r="G100" s="1"/>
       <c r="H100" s="1"/>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B101" s="9" t="s">
         <v>109</v>
       </c>
       <c r="C101" s="8">
         <v>2015</v>
       </c>
       <c r="D101" s="8" t="s">
         <v>135</v>
       </c>
       <c r="E101" s="9" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="F101" s="1"/>
       <c r="G101" s="1"/>
       <c r="H101" s="1"/>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B102" s="9" t="s">
         <v>110</v>
       </c>
       <c r="C102" s="8">
         <v>2010</v>
       </c>
       <c r="D102" s="8" t="s">
         <v>134</v>
       </c>
       <c r="E102" s="9" t="s">
         <v>151</v>
       </c>
       <c r="F102" s="1"/>
       <c r="G102" s="1"/>
       <c r="H102" s="1"/>
     </row>
@@ -2928,171 +2925,171 @@
       </c>
       <c r="D103" s="8" t="s">
         <v>138</v>
       </c>
       <c r="E103" s="9" t="s">
         <v>147</v>
       </c>
       <c r="F103" s="1"/>
       <c r="G103" s="1"/>
       <c r="H103" s="1"/>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B104" s="9" t="s">
         <v>112</v>
       </c>
       <c r="C104" s="8">
         <v>2011</v>
       </c>
       <c r="D104" s="8" t="s">
         <v>135</v>
       </c>
       <c r="E104" s="9" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="F104" s="1"/>
       <c r="G104" s="1"/>
       <c r="H104" s="1"/>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B105" s="9" t="s">
         <v>113</v>
       </c>
       <c r="C105" s="8">
         <v>2012</v>
       </c>
       <c r="D105" s="8" t="s">
         <v>135</v>
       </c>
       <c r="E105" s="9" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="F105" s="1"/>
       <c r="G105" s="1"/>
       <c r="H105" s="1"/>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B106" s="9" t="s">
         <v>114</v>
       </c>
       <c r="C106" s="8">
         <v>2014</v>
       </c>
       <c r="D106" s="8" t="s">
         <v>135</v>
       </c>
       <c r="E106" s="9" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="F106" s="1"/>
       <c r="G106" s="1"/>
       <c r="H106" s="1"/>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B107" s="9" t="s">
         <v>115</v>
       </c>
       <c r="C107" s="8">
         <v>2016</v>
       </c>
       <c r="D107" s="8" t="s">
         <v>135</v>
       </c>
       <c r="E107" s="9" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="F107" s="1"/>
       <c r="G107" s="1"/>
       <c r="H107" s="1"/>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B108" s="9" t="s">
         <v>116</v>
       </c>
       <c r="C108" s="8">
         <v>2016</v>
       </c>
       <c r="D108" s="8" t="s">
         <v>135</v>
       </c>
       <c r="E108" s="9" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="F108" s="1"/>
       <c r="G108" s="1"/>
       <c r="H108" s="1"/>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B109" s="9" t="s">
         <v>117</v>
       </c>
       <c r="C109" s="8">
         <v>2012</v>
       </c>
       <c r="D109" s="8" t="s">
         <v>135</v>
       </c>
       <c r="E109" s="9" t="s">
         <v>149</v>
       </c>
       <c r="F109" s="1"/>
       <c r="G109" s="1"/>
       <c r="H109" s="1"/>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B110" s="9" t="s">
         <v>118</v>
       </c>
       <c r="C110" s="8">
         <v>2012</v>
       </c>
       <c r="D110" s="8" t="s">
         <v>135</v>
       </c>
       <c r="E110" s="9" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="F110" s="1"/>
       <c r="G110" s="1"/>
       <c r="H110" s="1"/>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B111" s="9" t="s">
         <v>119</v>
       </c>
       <c r="C111" s="8">
         <v>2010</v>
       </c>
       <c r="D111" s="8" t="s">
         <v>135</v>
       </c>
       <c r="E111" s="9" t="s">
         <v>149</v>
       </c>
       <c r="F111" s="1"/>
       <c r="G111" s="1"/>
       <c r="H111" s="1"/>
     </row>
@@ -3108,91 +3105,91 @@
       </c>
       <c r="D112" s="8" t="s">
         <v>135</v>
       </c>
       <c r="E112" s="9" t="s">
         <v>149</v>
       </c>
       <c r="F112" s="1"/>
       <c r="G112" s="1"/>
       <c r="H112" s="1"/>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B113" s="9" t="s">
         <v>121</v>
       </c>
       <c r="C113" s="8">
         <v>2016</v>
       </c>
       <c r="D113" s="8" t="s">
         <v>135</v>
       </c>
       <c r="E113" s="9" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="F113" s="1"/>
       <c r="G113" s="1"/>
       <c r="H113" s="1"/>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B114" s="9" t="s">
         <v>122</v>
       </c>
       <c r="C114" s="8">
         <v>2012</v>
       </c>
       <c r="D114" s="8" t="s">
         <v>135</v>
       </c>
       <c r="E114" s="9" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="F114" s="1"/>
       <c r="G114" s="1"/>
       <c r="H114" s="1"/>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B115" s="9" t="s">
         <v>123</v>
       </c>
       <c r="C115" s="8">
         <v>2011</v>
       </c>
       <c r="D115" s="8" t="s">
         <v>135</v>
       </c>
       <c r="E115" s="9" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="F115" s="1"/>
       <c r="G115" s="1"/>
       <c r="H115" s="1"/>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B116" s="9" t="s">
         <v>124</v>
       </c>
       <c r="C116" s="8">
         <v>2012</v>
       </c>
       <c r="D116" s="8" t="s">
         <v>135</v>
       </c>
       <c r="E116" s="9" t="s">
         <v>149</v>
       </c>
       <c r="F116" s="1"/>
       <c r="G116" s="1"/>
       <c r="H116" s="1"/>
     </row>
@@ -3208,71 +3205,71 @@
       </c>
       <c r="D117" s="8" t="s">
         <v>136</v>
       </c>
       <c r="E117" s="9" t="s">
         <v>144</v>
       </c>
       <c r="F117" s="1"/>
       <c r="G117" s="1"/>
       <c r="H117" s="1"/>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B118" s="9" t="s">
         <v>126</v>
       </c>
       <c r="C118" s="8">
         <v>2015</v>
       </c>
       <c r="D118" s="8" t="s">
         <v>135</v>
       </c>
       <c r="E118" s="9" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="F118" s="1"/>
       <c r="G118" s="1"/>
       <c r="H118" s="1"/>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B119" s="9" t="s">
         <v>127</v>
       </c>
       <c r="C119" s="8">
         <v>2014</v>
       </c>
       <c r="D119" s="8" t="s">
         <v>135</v>
       </c>
       <c r="E119" s="9" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="F119" s="1"/>
       <c r="G119" s="1"/>
       <c r="H119" s="1"/>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B120" s="9" t="s">
         <v>128</v>
       </c>
       <c r="C120" s="8">
         <v>2013</v>
       </c>
       <c r="D120" s="8" t="s">
         <v>135</v>
       </c>
       <c r="E120" s="9" t="s">
         <v>149</v>
       </c>
       <c r="F120" s="1"/>
       <c r="G120" s="1"/>
       <c r="H120" s="1"/>
     </row>