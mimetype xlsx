--- v0 (2025-10-22)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
     <t>Пермская городская федерация бильярдного спорта</t>
   </si>
   <si>
     <t>Кубок Урала / Седьмой этап / 2025</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>19.10.2025, БК "Золотой кий", Россия, Челябинская область, Челябинск, ул. Орджоникидзе,  64</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 12</t>
   </si>
   <si>
@@ -86,51 +86,51 @@
   <si>
     <t>Смирнов Михаил</t>
   </si>
   <si>
     <t>Фролов Денис</t>
   </si>
   <si>
     <t>Ереклинцев Алексей</t>
   </si>
   <si>
     <t>Петров Леонид</t>
   </si>
   <si>
     <t>Слепченков Фёдор</t>
   </si>
   <si>
     <t>Угай Дмитрий</t>
   </si>
   <si>
     <t>Герасимов Антон</t>
   </si>
   <si>
     <t>Делидов Глеб</t>
   </si>
   <si>
-    <t>Королёв Дмитрий</t>
+    <t>Королев Дмитрий</t>
   </si>
   <si>
     <t>Слепченков Илья</t>
   </si>
   <si>
     <t>Гладков Сергей</t>
   </si>
   <si>
     <t>Гладкова Наталья</t>
   </si>
   <si>
     <t>Казак Кирилл</t>
   </si>
   <si>
     <t>Первушина Наталья</t>
   </si>
   <si>
     <t>Бастрыкин Иван</t>
   </si>
   <si>
     <t>Пронин Максим</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
@@ -144,50 +144,53 @@
     <t>зв.</t>
   </si>
   <si>
     <t>КМС</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>1р</t>
   </si>
   <si>
     <t>3р</t>
   </si>
   <si>
     <t>Город</t>
   </si>
   <si>
     <t>Екатеринбург</t>
   </si>
   <si>
     <t>Миасс</t>
   </si>
   <si>
     <t>Челябинск</t>
+  </si>
+  <si>
+    <t>Тюмень</t>
   </si>
   <si>
     <t>Пермь</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="1"/>
       <strike val="0"/>
       <u val="none"/>
@@ -788,96 +791,98 @@
         <v>6</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="8">
         <v>1968</v>
       </c>
       <c r="D14" s="8" t="s">
         <v>38</v>
       </c>
       <c r="E14" s="9" t="s">
         <v>43</v>
       </c>
       <c r="F14" s="1"/>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B15" s="9" t="s">
         <v>21</v>
       </c>
-      <c r="C15" s="8"/>
+      <c r="C15" s="8">
+        <v>1980</v>
+      </c>
       <c r="D15" s="8" t="s">
         <v>37</v>
       </c>
       <c r="E15" s="9" t="s">
         <v>44</v>
       </c>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B16" s="9" t="s">
         <v>22</v>
       </c>
       <c r="C16" s="8">
         <v>1994</v>
       </c>
       <c r="D16" s="8" t="s">
         <v>37</v>
       </c>
       <c r="E16" s="9" t="s">
         <v>43</v>
       </c>
       <c r="F16" s="1"/>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B17" s="9" t="s">
         <v>23</v>
       </c>
       <c r="C17" s="8">
         <v>2013</v>
       </c>
       <c r="D17" s="8" t="s">
         <v>37</v>
       </c>
       <c r="E17" s="9" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F17" s="1"/>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B18" s="9" t="s">
         <v>24</v>
       </c>
       <c r="C18" s="8">
         <v>1977</v>
       </c>
       <c r="D18" s="8" t="s">
         <v>37</v>
       </c>
       <c r="E18" s="9" t="s">
         <v>43</v>
       </c>
       <c r="F18" s="1"/>
       <c r="G18" s="1"/>
       <c r="H18" s="1"/>
     </row>