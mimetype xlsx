--- v0 (2025-10-14)
+++ v1 (2025-12-10)
@@ -1885,51 +1885,51 @@
       </c>
       <c r="C60" s="8">
         <v>1985</v>
       </c>
       <c r="D60" s="8" t="s">
         <v>95</v>
       </c>
       <c r="E60" s="9" t="s">
         <v>99</v>
       </c>
       <c r="F60" s="1"/>
       <c r="G60" s="1"/>
       <c r="H60" s="1"/>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B61" s="9" t="s">
         <v>69</v>
       </c>
       <c r="C61" s="8">
         <v>2010</v>
       </c>
       <c r="D61" s="8" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="E61" s="9" t="s">
         <v>99</v>
       </c>
       <c r="F61" s="1"/>
       <c r="G61" s="1"/>
       <c r="H61" s="1"/>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B62" s="9" t="s">
         <v>70</v>
       </c>
       <c r="C62" s="8">
         <v>2004</v>
       </c>
       <c r="D62" s="8" t="s">
         <v>96</v>
       </c>
       <c r="E62" s="9" t="s">
         <v>99</v>
       </c>
       <c r="F62" s="1"/>