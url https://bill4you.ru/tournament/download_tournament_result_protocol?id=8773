--- v0 (2025-10-20)
+++ v1 (2025-12-08)
@@ -924,51 +924,53 @@
         <v>7</v>
       </c>
       <c r="B21" s="9" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="8">
         <v>1975</v>
       </c>
       <c r="D21" s="8" t="s">
         <v>41</v>
       </c>
       <c r="E21" s="9" t="s">
         <v>43</v>
       </c>
       <c r="F21" s="1"/>
       <c r="G21" s="1"/>
       <c r="H21" s="1"/>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B22" s="9" t="s">
         <v>27</v>
       </c>
-      <c r="C22" s="8"/>
+      <c r="C22" s="8">
+        <v>1973</v>
+      </c>
       <c r="D22" s="8" t="s">
         <v>41</v>
       </c>
       <c r="E22" s="9" t="s">
         <v>43</v>
       </c>
       <c r="F22" s="1"/>
       <c r="G22" s="1"/>
       <c r="H22" s="1"/>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B23" s="9" t="s">
         <v>28</v>
       </c>
       <c r="C23" s="8">
         <v>1972</v>
       </c>
       <c r="D23" s="8" t="s">
         <v>41</v>
       </c>
       <c r="E23" s="9" t="s">
         <v>43</v>