--- v0 (2025-10-22)
+++ v1 (2025-12-30)
@@ -725,57 +725,57 @@
   <si>
     <t>Соколов Иван</t>
   </si>
   <si>
     <t>Тен Иль-Дё</t>
   </si>
   <si>
     <t>Яшнев Олег</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>МСМК</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
+    <t>ЗМС</t>
+  </si>
+  <si>
     <t>МС</t>
   </si>
   <si>
     <t>КМС</t>
-  </si>
-[...1 lines deleted...]
-    <t>ЗМС</t>
   </si>
   <si>
     <t>1р</t>
   </si>
   <si>
     <t>1юн</t>
   </si>
   <si>
     <t>3р</t>
   </si>
   <si>
     <t>2р</t>
   </si>
   <si>
     <t>3юн</t>
   </si>
   <si>
     <t>2юн</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Казахстан</t>
   </si>
@@ -1361,51 +1361,51 @@
       </c>
       <c r="C11" s="8">
         <v>1995</v>
       </c>
       <c r="D11" s="8" t="s">
         <v>235</v>
       </c>
       <c r="E11" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F11" s="1"/>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B12" s="9" t="s">
         <v>21</v>
       </c>
       <c r="C12" s="8">
         <v>2001</v>
       </c>
       <c r="D12" s="8" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="E12" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F12" s="1"/>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="9" t="s">
         <v>22</v>
       </c>
       <c r="C13" s="8">
         <v>1993</v>
       </c>
       <c r="D13" s="8" t="s">
         <v>235</v>
       </c>
       <c r="E13" s="9" t="s">
         <v>248</v>
       </c>
       <c r="F13" s="1"/>
@@ -1421,651 +1421,651 @@
       </c>
       <c r="C14" s="8">
         <v>1987</v>
       </c>
       <c r="D14" s="8" t="s">
         <v>236</v>
       </c>
       <c r="E14" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F14" s="1"/>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B15" s="9" t="s">
         <v>24</v>
       </c>
       <c r="C15" s="8">
         <v>1998</v>
       </c>
       <c r="D15" s="8" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="E15" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B16" s="9" t="s">
         <v>25</v>
       </c>
       <c r="C16" s="8">
         <v>1987</v>
       </c>
       <c r="D16" s="8" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="E16" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F16" s="1"/>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B17" s="9" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="8">
         <v>1994</v>
       </c>
       <c r="D17" s="8" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="E17" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F17" s="1"/>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B18" s="9" t="s">
         <v>27</v>
       </c>
       <c r="C18" s="8">
         <v>2001</v>
       </c>
       <c r="D18" s="8" t="s">
         <v>235</v>
       </c>
       <c r="E18" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F18" s="1"/>
       <c r="G18" s="1"/>
       <c r="H18" s="1"/>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B19" s="9" t="s">
         <v>28</v>
       </c>
       <c r="C19" s="8">
         <v>1989</v>
       </c>
       <c r="D19" s="8" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E19" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F19" s="1"/>
       <c r="G19" s="1"/>
       <c r="H19" s="1"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B20" s="9" t="s">
         <v>29</v>
       </c>
       <c r="C20" s="8">
         <v>1988</v>
       </c>
       <c r="D20" s="8" t="s">
         <v>235</v>
       </c>
       <c r="E20" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F20" s="1"/>
       <c r="G20" s="1"/>
       <c r="H20" s="1"/>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B21" s="9" t="s">
         <v>30</v>
       </c>
       <c r="C21" s="8">
         <v>1985</v>
       </c>
       <c r="D21" s="8" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="E21" s="9" t="s">
         <v>250</v>
       </c>
       <c r="F21" s="1"/>
       <c r="G21" s="1"/>
       <c r="H21" s="1"/>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B22" s="9" t="s">
         <v>31</v>
       </c>
       <c r="C22" s="8">
         <v>1995</v>
       </c>
       <c r="D22" s="8" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="E22" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F22" s="1"/>
       <c r="G22" s="1"/>
       <c r="H22" s="1"/>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B23" s="9" t="s">
         <v>32</v>
       </c>
       <c r="C23" s="8">
         <v>1986</v>
       </c>
       <c r="D23" s="8" t="s">
         <v>235</v>
       </c>
       <c r="E23" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F23" s="1"/>
       <c r="G23" s="1"/>
       <c r="H23" s="1"/>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B24" s="9" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="8">
         <v>1996</v>
       </c>
       <c r="D24" s="8" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E24" s="9" t="s">
         <v>248</v>
       </c>
       <c r="F24" s="1"/>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B25" s="9" t="s">
         <v>34</v>
       </c>
       <c r="C25" s="8">
         <v>2000</v>
       </c>
       <c r="D25" s="8" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="E25" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F25" s="1"/>
       <c r="G25" s="1"/>
       <c r="H25" s="1"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B26" s="9" t="s">
         <v>35</v>
       </c>
       <c r="C26" s="8">
         <v>1996</v>
       </c>
       <c r="D26" s="8" t="s">
         <v>235</v>
       </c>
       <c r="E26" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F26" s="1"/>
       <c r="G26" s="1"/>
       <c r="H26" s="1"/>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B27" s="9" t="s">
         <v>36</v>
       </c>
       <c r="C27" s="8">
         <v>1989</v>
       </c>
       <c r="D27" s="8" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E27" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F27" s="1"/>
       <c r="G27" s="1"/>
       <c r="H27" s="1"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B28" s="9" t="s">
         <v>37</v>
       </c>
       <c r="C28" s="8">
         <v>2005</v>
       </c>
       <c r="D28" s="8" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="E28" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B29" s="9" t="s">
         <v>38</v>
       </c>
       <c r="C29" s="8">
         <v>1993</v>
       </c>
       <c r="D29" s="8" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="E29" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F29" s="1"/>
       <c r="G29" s="1"/>
       <c r="H29" s="1"/>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B30" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C30" s="8">
         <v>1990</v>
       </c>
       <c r="D30" s="8" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E30" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F30" s="1"/>
       <c r="G30" s="1"/>
       <c r="H30" s="1"/>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B31" s="9" t="s">
         <v>40</v>
       </c>
       <c r="C31" s="8">
         <v>2001</v>
       </c>
       <c r="D31" s="8" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E31" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F31" s="1"/>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B32" s="9" t="s">
         <v>41</v>
       </c>
       <c r="C32" s="8">
         <v>1997</v>
       </c>
       <c r="D32" s="8" t="s">
         <v>235</v>
       </c>
       <c r="E32" s="9" t="s">
         <v>251</v>
       </c>
       <c r="F32" s="1"/>
       <c r="G32" s="1"/>
       <c r="H32" s="1"/>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B33" s="9" t="s">
         <v>42</v>
       </c>
       <c r="C33" s="8">
         <v>1997</v>
       </c>
       <c r="D33" s="8" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="E33" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F33" s="1"/>
       <c r="G33" s="1"/>
       <c r="H33" s="1"/>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B34" s="9" t="s">
         <v>43</v>
       </c>
       <c r="C34" s="8">
         <v>1996</v>
       </c>
       <c r="D34" s="8" t="s">
         <v>235</v>
       </c>
       <c r="E34" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F34" s="1"/>
       <c r="G34" s="1"/>
       <c r="H34" s="1"/>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B35" s="9" t="s">
         <v>44</v>
       </c>
       <c r="C35" s="8">
         <v>2004</v>
       </c>
       <c r="D35" s="8" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="E35" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F35" s="1"/>
       <c r="G35" s="1"/>
       <c r="H35" s="1"/>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B36" s="9" t="s">
         <v>45</v>
       </c>
       <c r="C36" s="8">
         <v>1990</v>
       </c>
       <c r="D36" s="8" t="s">
         <v>235</v>
       </c>
       <c r="E36" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F36" s="1"/>
       <c r="G36" s="1"/>
       <c r="H36" s="1"/>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B37" s="9" t="s">
         <v>46</v>
       </c>
       <c r="C37" s="8">
         <v>1987</v>
       </c>
       <c r="D37" s="8" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E37" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F37" s="1"/>
       <c r="G37" s="1"/>
       <c r="H37" s="1"/>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B38" s="9" t="s">
         <v>47</v>
       </c>
       <c r="C38" s="8">
         <v>1993</v>
       </c>
       <c r="D38" s="8" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="E38" s="9" t="s">
         <v>247</v>
       </c>
       <c r="F38" s="1"/>
       <c r="G38" s="1"/>
       <c r="H38" s="1"/>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B39" s="9" t="s">
         <v>48</v>
       </c>
       <c r="C39" s="8">
         <v>2004</v>
       </c>
       <c r="D39" s="8" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="E39" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F39" s="1"/>
       <c r="G39" s="1"/>
       <c r="H39" s="1"/>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B40" s="9" t="s">
         <v>49</v>
       </c>
       <c r="C40" s="8">
         <v>1996</v>
       </c>
       <c r="D40" s="8" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="E40" s="9" t="s">
         <v>248</v>
       </c>
       <c r="F40" s="1"/>
       <c r="G40" s="1"/>
       <c r="H40" s="1"/>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B41" s="9" t="s">
         <v>50</v>
       </c>
       <c r="C41" s="8">
         <v>1986</v>
       </c>
       <c r="D41" s="8" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="E41" s="9" t="s">
         <v>248</v>
       </c>
       <c r="F41" s="1"/>
       <c r="G41" s="1"/>
       <c r="H41" s="1"/>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B42" s="9" t="s">
         <v>51</v>
       </c>
       <c r="C42" s="8">
         <v>2004</v>
       </c>
       <c r="D42" s="8" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E42" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F42" s="1"/>
       <c r="G42" s="1"/>
       <c r="H42" s="1"/>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B43" s="9" t="s">
         <v>52</v>
       </c>
       <c r="C43" s="8">
         <v>1994</v>
       </c>
       <c r="D43" s="8" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="E43" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F43" s="1"/>
       <c r="G43" s="1"/>
       <c r="H43" s="1"/>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B44" s="9" t="s">
         <v>53</v>
       </c>
       <c r="C44" s="8">
         <v>1993</v>
       </c>
       <c r="D44" s="8" t="s">
         <v>236</v>
       </c>
       <c r="E44" s="9" t="s">
         <v>248</v>
       </c>
       <c r="F44" s="1"/>
       <c r="G44" s="1"/>
       <c r="H44" s="1"/>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B45" s="9" t="s">
         <v>54</v>
       </c>
       <c r="C45" s="8">
         <v>2001</v>
       </c>
       <c r="D45" s="8" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E45" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F45" s="1"/>
       <c r="G45" s="1"/>
       <c r="H45" s="1"/>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B46" s="9" t="s">
         <v>55</v>
       </c>
       <c r="C46" s="8">
         <v>1985</v>
       </c>
       <c r="D46" s="8" t="s">
         <v>235</v>
       </c>
       <c r="E46" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F46" s="1"/>
@@ -2081,171 +2081,171 @@
       </c>
       <c r="C47" s="8">
         <v>1983</v>
       </c>
       <c r="D47" s="8" t="s">
         <v>235</v>
       </c>
       <c r="E47" s="9" t="s">
         <v>252</v>
       </c>
       <c r="F47" s="1"/>
       <c r="G47" s="1"/>
       <c r="H47" s="1"/>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B48" s="9" t="s">
         <v>57</v>
       </c>
       <c r="C48" s="8">
         <v>2001</v>
       </c>
       <c r="D48" s="8" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E48" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F48" s="1"/>
       <c r="G48" s="1"/>
       <c r="H48" s="1"/>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B49" s="9" t="s">
         <v>58</v>
       </c>
       <c r="C49" s="8">
         <v>1993</v>
       </c>
       <c r="D49" s="8" t="s">
         <v>235</v>
       </c>
       <c r="E49" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F49" s="1"/>
       <c r="G49" s="1"/>
       <c r="H49" s="1"/>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B50" s="9" t="s">
         <v>59</v>
       </c>
       <c r="C50" s="8">
         <v>2005</v>
       </c>
       <c r="D50" s="8" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="E50" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F50" s="1"/>
       <c r="G50" s="1"/>
       <c r="H50" s="1"/>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B51" s="9" t="s">
         <v>60</v>
       </c>
       <c r="C51" s="8">
         <v>2000</v>
       </c>
       <c r="D51" s="8" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E51" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F51" s="1"/>
       <c r="G51" s="1"/>
       <c r="H51" s="1"/>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B52" s="9" t="s">
         <v>61</v>
       </c>
       <c r="C52" s="8">
         <v>1994</v>
       </c>
       <c r="D52" s="8" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E52" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F52" s="1"/>
       <c r="G52" s="1"/>
       <c r="H52" s="1"/>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B53" s="9" t="s">
         <v>62</v>
       </c>
       <c r="C53" s="8">
         <v>2006</v>
       </c>
       <c r="D53" s="8" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="E53" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F53" s="1"/>
       <c r="G53" s="1"/>
       <c r="H53" s="1"/>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B54" s="9" t="s">
         <v>63</v>
       </c>
       <c r="C54" s="8">
         <v>2009</v>
       </c>
       <c r="D54" s="8" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E54" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F54" s="1"/>
       <c r="G54" s="1"/>
       <c r="H54" s="1"/>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B55" s="9" t="s">
         <v>64</v>
       </c>
       <c r="C55" s="8">
         <v>1990</v>
       </c>
       <c r="D55" s="8" t="s">
         <v>236</v>
       </c>
       <c r="E55" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F55" s="1"/>
@@ -2261,191 +2261,191 @@
       </c>
       <c r="C56" s="8">
         <v>1986</v>
       </c>
       <c r="D56" s="8" t="s">
         <v>236</v>
       </c>
       <c r="E56" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F56" s="1"/>
       <c r="G56" s="1"/>
       <c r="H56" s="1"/>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B57" s="9" t="s">
         <v>66</v>
       </c>
       <c r="C57" s="8">
         <v>1995</v>
       </c>
       <c r="D57" s="8" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="E57" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F57" s="1"/>
       <c r="G57" s="1"/>
       <c r="H57" s="1"/>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B58" s="9" t="s">
         <v>67</v>
       </c>
       <c r="C58" s="8">
         <v>1989</v>
       </c>
       <c r="D58" s="8" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="E58" s="9" t="s">
         <v>247</v>
       </c>
       <c r="F58" s="1"/>
       <c r="G58" s="1"/>
       <c r="H58" s="1"/>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B59" s="9" t="s">
         <v>68</v>
       </c>
       <c r="C59" s="8">
         <v>1987</v>
       </c>
       <c r="D59" s="8" t="s">
         <v>236</v>
       </c>
       <c r="E59" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F59" s="1"/>
       <c r="G59" s="1"/>
       <c r="H59" s="1"/>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B60" s="9" t="s">
         <v>69</v>
       </c>
       <c r="C60" s="8">
         <v>2006</v>
       </c>
       <c r="D60" s="8" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E60" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F60" s="1"/>
       <c r="G60" s="1"/>
       <c r="H60" s="1"/>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B61" s="9" t="s">
         <v>70</v>
       </c>
       <c r="C61" s="8">
         <v>1992</v>
       </c>
       <c r="D61" s="8" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="E61" s="9" t="s">
         <v>247</v>
       </c>
       <c r="F61" s="1"/>
       <c r="G61" s="1"/>
       <c r="H61" s="1"/>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B62" s="9" t="s">
         <v>71</v>
       </c>
       <c r="C62" s="8">
         <v>2007</v>
       </c>
       <c r="D62" s="8" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E62" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F62" s="1"/>
       <c r="G62" s="1"/>
       <c r="H62" s="1"/>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B63" s="9" t="s">
         <v>72</v>
       </c>
       <c r="C63" s="8">
         <v>1991</v>
       </c>
       <c r="D63" s="8" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="E63" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F63" s="1"/>
       <c r="G63" s="1"/>
       <c r="H63" s="1"/>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B64" s="9" t="s">
         <v>73</v>
       </c>
       <c r="C64" s="8">
         <v>2000</v>
       </c>
       <c r="D64" s="8" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="E64" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F64" s="1"/>
       <c r="G64" s="1"/>
       <c r="H64" s="1"/>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B65" s="9" t="s">
         <v>74</v>
       </c>
       <c r="C65" s="8">
         <v>1986</v>
       </c>
       <c r="D65" s="8" t="s">
         <v>236</v>
       </c>
       <c r="E65" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F65" s="1"/>
@@ -2541,51 +2541,51 @@
       </c>
       <c r="C70" s="8">
         <v>1986</v>
       </c>
       <c r="D70" s="8" t="s">
         <v>235</v>
       </c>
       <c r="E70" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F70" s="1"/>
       <c r="G70" s="1"/>
       <c r="H70" s="1"/>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B71" s="9" t="s">
         <v>80</v>
       </c>
       <c r="C71" s="8">
         <v>1991</v>
       </c>
       <c r="D71" s="8" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="E71" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F71" s="1"/>
       <c r="G71" s="1"/>
       <c r="H71" s="1"/>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B72" s="9" t="s">
         <v>81</v>
       </c>
       <c r="C72" s="8">
         <v>1989</v>
       </c>
       <c r="D72" s="8" t="s">
         <v>235</v>
       </c>
       <c r="E72" s="9" t="s">
         <v>247</v>
       </c>
       <c r="F72" s="1"/>
@@ -2621,151 +2621,151 @@
       </c>
       <c r="C74" s="8">
         <v>1993</v>
       </c>
       <c r="D74" s="8" t="s">
         <v>236</v>
       </c>
       <c r="E74" s="9" t="s">
         <v>247</v>
       </c>
       <c r="F74" s="1"/>
       <c r="G74" s="1"/>
       <c r="H74" s="1"/>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B75" s="9" t="s">
         <v>84</v>
       </c>
       <c r="C75" s="8">
         <v>2003</v>
       </c>
       <c r="D75" s="8" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="E75" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F75" s="1"/>
       <c r="G75" s="1"/>
       <c r="H75" s="1"/>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B76" s="9" t="s">
         <v>85</v>
       </c>
       <c r="C76" s="8">
         <v>1994</v>
       </c>
       <c r="D76" s="8" t="s">
         <v>236</v>
       </c>
       <c r="E76" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F76" s="1"/>
       <c r="G76" s="1"/>
       <c r="H76" s="1"/>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B77" s="9" t="s">
         <v>86</v>
       </c>
       <c r="C77" s="8">
         <v>1981</v>
       </c>
       <c r="D77" s="8" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="E77" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F77" s="1"/>
       <c r="G77" s="1"/>
       <c r="H77" s="1"/>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B78" s="9" t="s">
         <v>87</v>
       </c>
       <c r="C78" s="8">
         <v>2004</v>
       </c>
       <c r="D78" s="8" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E78" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F78" s="1"/>
       <c r="G78" s="1"/>
       <c r="H78" s="1"/>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B79" s="9" t="s">
         <v>88</v>
       </c>
       <c r="C79" s="8">
         <v>1964</v>
       </c>
       <c r="D79" s="8" t="s">
         <v>236</v>
       </c>
       <c r="E79" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F79" s="1"/>
       <c r="G79" s="1"/>
       <c r="H79" s="1"/>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B80" s="9" t="s">
         <v>89</v>
       </c>
       <c r="C80" s="8">
         <v>1980</v>
       </c>
       <c r="D80" s="8" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E80" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F80" s="1"/>
       <c r="G80" s="1"/>
       <c r="H80" s="1"/>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B81" s="9" t="s">
         <v>90</v>
       </c>
       <c r="C81" s="8">
         <v>1982</v>
       </c>
       <c r="D81" s="8" t="s">
         <v>236</v>
       </c>
       <c r="E81" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F81" s="1"/>
@@ -2781,131 +2781,131 @@
       </c>
       <c r="C82" s="8">
         <v>2000</v>
       </c>
       <c r="D82" s="8" t="s">
         <v>236</v>
       </c>
       <c r="E82" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F82" s="1"/>
       <c r="G82" s="1"/>
       <c r="H82" s="1"/>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B83" s="9" t="s">
         <v>92</v>
       </c>
       <c r="C83" s="8">
         <v>1994</v>
       </c>
       <c r="D83" s="8" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="E83" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F83" s="1"/>
       <c r="G83" s="1"/>
       <c r="H83" s="1"/>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B84" s="9" t="s">
         <v>93</v>
       </c>
       <c r="C84" s="8">
         <v>1987</v>
       </c>
       <c r="D84" s="8" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="E84" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F84" s="1"/>
       <c r="G84" s="1"/>
       <c r="H84" s="1"/>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B85" s="9" t="s">
         <v>94</v>
       </c>
       <c r="C85" s="8">
         <v>1998</v>
       </c>
       <c r="D85" s="8" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="E85" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F85" s="1"/>
       <c r="G85" s="1"/>
       <c r="H85" s="1"/>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B86" s="9" t="s">
         <v>95</v>
       </c>
       <c r="C86" s="8">
         <v>1988</v>
       </c>
       <c r="D86" s="8" t="s">
         <v>235</v>
       </c>
       <c r="E86" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F86" s="1"/>
       <c r="G86" s="1"/>
       <c r="H86" s="1"/>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B87" s="9" t="s">
         <v>96</v>
       </c>
       <c r="C87" s="8">
         <v>1982</v>
       </c>
       <c r="D87" s="8" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="E87" s="9" t="s">
         <v>248</v>
       </c>
       <c r="F87" s="1"/>
       <c r="G87" s="1"/>
       <c r="H87" s="1"/>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B88" s="9" t="s">
         <v>97</v>
       </c>
       <c r="C88" s="8">
         <v>1986</v>
       </c>
       <c r="D88" s="8" t="s">
         <v>240</v>
       </c>
       <c r="E88" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F88" s="1"/>
@@ -2961,431 +2961,431 @@
       </c>
       <c r="C91" s="8">
         <v>2004</v>
       </c>
       <c r="D91" s="8" t="s">
         <v>236</v>
       </c>
       <c r="E91" s="9" t="s">
         <v>251</v>
       </c>
       <c r="F91" s="1"/>
       <c r="G91" s="1"/>
       <c r="H91" s="1"/>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B92" s="9" t="s">
         <v>101</v>
       </c>
       <c r="C92" s="8">
         <v>2005</v>
       </c>
       <c r="D92" s="8" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="E92" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F92" s="1"/>
       <c r="G92" s="1"/>
       <c r="H92" s="1"/>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B93" s="9" t="s">
         <v>102</v>
       </c>
       <c r="C93" s="8">
         <v>1993</v>
       </c>
       <c r="D93" s="8" t="s">
         <v>240</v>
       </c>
       <c r="E93" s="9" t="s">
         <v>248</v>
       </c>
       <c r="F93" s="1"/>
       <c r="G93" s="1"/>
       <c r="H93" s="1"/>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B94" s="9" t="s">
         <v>103</v>
       </c>
       <c r="C94" s="8">
         <v>2003</v>
       </c>
       <c r="D94" s="8" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="E94" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F94" s="1"/>
       <c r="G94" s="1"/>
       <c r="H94" s="1"/>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B95" s="9" t="s">
         <v>104</v>
       </c>
       <c r="C95" s="8">
         <v>1991</v>
       </c>
       <c r="D95" s="8" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E95" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F95" s="1"/>
       <c r="G95" s="1"/>
       <c r="H95" s="1"/>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B96" s="9" t="s">
         <v>105</v>
       </c>
       <c r="C96" s="8">
         <v>1990</v>
       </c>
       <c r="D96" s="8" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E96" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F96" s="1"/>
       <c r="G96" s="1"/>
       <c r="H96" s="1"/>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B97" s="9" t="s">
         <v>106</v>
       </c>
       <c r="C97" s="8">
         <v>1992</v>
       </c>
       <c r="D97" s="8" t="s">
         <v>236</v>
       </c>
       <c r="E97" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F97" s="1"/>
       <c r="G97" s="1"/>
       <c r="H97" s="1"/>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B98" s="9" t="s">
         <v>107</v>
       </c>
       <c r="C98" s="8">
         <v>2006</v>
       </c>
       <c r="D98" s="8" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="E98" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F98" s="1"/>
       <c r="G98" s="1"/>
       <c r="H98" s="1"/>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B99" s="9" t="s">
         <v>108</v>
       </c>
       <c r="C99" s="8">
         <v>2004</v>
       </c>
       <c r="D99" s="8" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E99" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F99" s="1"/>
       <c r="G99" s="1"/>
       <c r="H99" s="1"/>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B100" s="9" t="s">
         <v>109</v>
       </c>
       <c r="C100" s="8">
         <v>2010</v>
       </c>
       <c r="D100" s="8" t="s">
         <v>241</v>
       </c>
       <c r="E100" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F100" s="1"/>
       <c r="G100" s="1"/>
       <c r="H100" s="1"/>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B101" s="9" t="s">
         <v>110</v>
       </c>
       <c r="C101" s="8">
         <v>2000</v>
       </c>
       <c r="D101" s="8" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E101" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F101" s="1"/>
       <c r="G101" s="1"/>
       <c r="H101" s="1"/>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B102" s="9" t="s">
         <v>111</v>
       </c>
       <c r="C102" s="8">
         <v>1989</v>
       </c>
       <c r="D102" s="8" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E102" s="9" t="s">
         <v>247</v>
       </c>
       <c r="F102" s="1"/>
       <c r="G102" s="1"/>
       <c r="H102" s="1"/>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B103" s="9" t="s">
         <v>112</v>
       </c>
       <c r="C103" s="8">
         <v>1999</v>
       </c>
       <c r="D103" s="8" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="E103" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F103" s="1"/>
       <c r="G103" s="1"/>
       <c r="H103" s="1"/>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B104" s="9" t="s">
         <v>113</v>
       </c>
       <c r="C104" s="8">
         <v>2003</v>
       </c>
       <c r="D104" s="8" t="s">
         <v>240</v>
       </c>
       <c r="E104" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F104" s="1"/>
       <c r="G104" s="1"/>
       <c r="H104" s="1"/>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B105" s="9" t="s">
         <v>114</v>
       </c>
       <c r="C105" s="8">
         <v>1973</v>
       </c>
       <c r="D105" s="8" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E105" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F105" s="1"/>
       <c r="G105" s="1"/>
       <c r="H105" s="1"/>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B106" s="9" t="s">
         <v>115</v>
       </c>
       <c r="C106" s="8">
         <v>1986</v>
       </c>
       <c r="D106" s="8" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="E106" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F106" s="1"/>
       <c r="G106" s="1"/>
       <c r="H106" s="1"/>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B107" s="9" t="s">
         <v>116</v>
       </c>
       <c r="C107" s="8">
         <v>1994</v>
       </c>
       <c r="D107" s="8" t="s">
         <v>235</v>
       </c>
       <c r="E107" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F107" s="1"/>
       <c r="G107" s="1"/>
       <c r="H107" s="1"/>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B108" s="9" t="s">
         <v>117</v>
       </c>
       <c r="C108" s="8">
         <v>2003</v>
       </c>
       <c r="D108" s="8" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E108" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F108" s="1"/>
       <c r="G108" s="1"/>
       <c r="H108" s="1"/>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B109" s="9" t="s">
         <v>118</v>
       </c>
       <c r="C109" s="8">
         <v>1981</v>
       </c>
       <c r="D109" s="8" t="s">
         <v>236</v>
       </c>
       <c r="E109" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F109" s="1"/>
       <c r="G109" s="1"/>
       <c r="H109" s="1"/>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B110" s="9" t="s">
         <v>119</v>
       </c>
       <c r="C110" s="8">
         <v>2003</v>
       </c>
       <c r="D110" s="8" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E110" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F110" s="1"/>
       <c r="G110" s="1"/>
       <c r="H110" s="1"/>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B111" s="9" t="s">
         <v>120</v>
       </c>
       <c r="C111" s="8">
         <v>1999</v>
       </c>
       <c r="D111" s="8" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E111" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F111" s="1"/>
       <c r="G111" s="1"/>
       <c r="H111" s="1"/>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B112" s="9" t="s">
         <v>121</v>
       </c>
       <c r="C112" s="8">
         <v>1988</v>
       </c>
       <c r="D112" s="8" t="s">
         <v>236</v>
       </c>
       <c r="E112" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F112" s="1"/>
@@ -3401,51 +3401,51 @@
       </c>
       <c r="C113" s="8">
         <v>2000</v>
       </c>
       <c r="D113" s="8" t="s">
         <v>236</v>
       </c>
       <c r="E113" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F113" s="1"/>
       <c r="G113" s="1"/>
       <c r="H113" s="1"/>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B114" s="9" t="s">
         <v>123</v>
       </c>
       <c r="C114" s="8">
         <v>1985</v>
       </c>
       <c r="D114" s="8" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="E114" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F114" s="1"/>
       <c r="G114" s="1"/>
       <c r="H114" s="1"/>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B115" s="9" t="s">
         <v>124</v>
       </c>
       <c r="C115" s="8">
         <v>1997</v>
       </c>
       <c r="D115" s="8" t="s">
         <v>235</v>
       </c>
       <c r="E115" s="9" t="s">
         <v>251</v>
       </c>
       <c r="F115" s="1"/>
@@ -3461,411 +3461,411 @@
       </c>
       <c r="C116" s="8">
         <v>1984</v>
       </c>
       <c r="D116" s="8" t="s">
         <v>236</v>
       </c>
       <c r="E116" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F116" s="1"/>
       <c r="G116" s="1"/>
       <c r="H116" s="1"/>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B117" s="9" t="s">
         <v>126</v>
       </c>
       <c r="C117" s="8">
         <v>2007</v>
       </c>
       <c r="D117" s="8" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E117" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F117" s="1"/>
       <c r="G117" s="1"/>
       <c r="H117" s="1"/>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B118" s="9" t="s">
         <v>127</v>
       </c>
       <c r="C118" s="8">
         <v>2002</v>
       </c>
       <c r="D118" s="8" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="E118" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F118" s="1"/>
       <c r="G118" s="1"/>
       <c r="H118" s="1"/>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B119" s="9" t="s">
         <v>128</v>
       </c>
       <c r="C119" s="8">
         <v>1989</v>
       </c>
       <c r="D119" s="8" t="s">
         <v>235</v>
       </c>
       <c r="E119" s="9" t="s">
         <v>248</v>
       </c>
       <c r="F119" s="1"/>
       <c r="G119" s="1"/>
       <c r="H119" s="1"/>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B120" s="9" t="s">
         <v>129</v>
       </c>
       <c r="C120" s="8">
         <v>2006</v>
       </c>
       <c r="D120" s="8" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E120" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F120" s="1"/>
       <c r="G120" s="1"/>
       <c r="H120" s="1"/>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B121" s="9" t="s">
         <v>130</v>
       </c>
       <c r="C121" s="8">
         <v>1996</v>
       </c>
       <c r="D121" s="8" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E121" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F121" s="1"/>
       <c r="G121" s="1"/>
       <c r="H121" s="1"/>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B122" s="9" t="s">
         <v>131</v>
       </c>
       <c r="C122" s="8">
         <v>1983</v>
       </c>
       <c r="D122" s="8" t="s">
         <v>236</v>
       </c>
       <c r="E122" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F122" s="1"/>
       <c r="G122" s="1"/>
       <c r="H122" s="1"/>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B123" s="9" t="s">
         <v>132</v>
       </c>
       <c r="C123" s="8">
         <v>2007</v>
       </c>
       <c r="D123" s="8" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E123" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F123" s="1"/>
       <c r="G123" s="1"/>
       <c r="H123" s="1"/>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B124" s="9" t="s">
         <v>133</v>
       </c>
       <c r="C124" s="8">
         <v>2009</v>
       </c>
       <c r="D124" s="8" t="s">
         <v>238</v>
       </c>
       <c r="E124" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F124" s="1"/>
       <c r="G124" s="1"/>
       <c r="H124" s="1"/>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B125" s="9" t="s">
         <v>134</v>
       </c>
       <c r="C125" s="8">
         <v>1997</v>
       </c>
       <c r="D125" s="8" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="E125" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F125" s="1"/>
       <c r="G125" s="1"/>
       <c r="H125" s="1"/>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B126" s="9" t="s">
         <v>135</v>
       </c>
       <c r="C126" s="8">
         <v>1997</v>
       </c>
       <c r="D126" s="8" t="s">
         <v>236</v>
       </c>
       <c r="E126" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F126" s="1"/>
       <c r="G126" s="1"/>
       <c r="H126" s="1"/>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B127" s="9" t="s">
         <v>136</v>
       </c>
       <c r="C127" s="8">
         <v>1979</v>
       </c>
       <c r="D127" s="8" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="E127" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F127" s="1"/>
       <c r="G127" s="1"/>
       <c r="H127" s="1"/>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B128" s="9" t="s">
         <v>137</v>
       </c>
       <c r="C128" s="8">
         <v>2001</v>
       </c>
       <c r="D128" s="8" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E128" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F128" s="1"/>
       <c r="G128" s="1"/>
       <c r="H128" s="1"/>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B129" s="9" t="s">
         <v>138</v>
       </c>
       <c r="C129" s="8">
         <v>1993</v>
       </c>
       <c r="D129" s="8" t="s">
         <v>236</v>
       </c>
       <c r="E129" s="9" t="s">
         <v>247</v>
       </c>
       <c r="F129" s="1"/>
       <c r="G129" s="1"/>
       <c r="H129" s="1"/>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B130" s="9" t="s">
         <v>139</v>
       </c>
       <c r="C130" s="8">
         <v>2004</v>
       </c>
       <c r="D130" s="8" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="E130" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F130" s="1"/>
       <c r="G130" s="1"/>
       <c r="H130" s="1"/>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B131" s="9" t="s">
         <v>140</v>
       </c>
       <c r="C131" s="8">
         <v>2003</v>
       </c>
       <c r="D131" s="8" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E131" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F131" s="1"/>
       <c r="G131" s="1"/>
       <c r="H131" s="1"/>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B132" s="9" t="s">
         <v>141</v>
       </c>
       <c r="C132" s="8">
         <v>1985</v>
       </c>
       <c r="D132" s="8" t="s">
         <v>236</v>
       </c>
       <c r="E132" s="9" t="s">
         <v>250</v>
       </c>
       <c r="F132" s="1"/>
       <c r="G132" s="1"/>
       <c r="H132" s="1"/>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B133" s="9" t="s">
         <v>142</v>
       </c>
       <c r="C133" s="8">
         <v>1993</v>
       </c>
       <c r="D133" s="8" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="E133" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F133" s="1"/>
       <c r="G133" s="1"/>
       <c r="H133" s="1"/>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B134" s="9" t="s">
         <v>143</v>
       </c>
       <c r="C134" s="8">
         <v>1990</v>
       </c>
       <c r="D134" s="8" t="s">
         <v>236</v>
       </c>
       <c r="E134" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F134" s="1"/>
       <c r="G134" s="1"/>
       <c r="H134" s="1"/>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B135" s="9" t="s">
         <v>144</v>
       </c>
       <c r="C135" s="8">
         <v>2007</v>
       </c>
       <c r="D135" s="8" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="E135" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F135" s="1"/>
       <c r="G135" s="1"/>
       <c r="H135" s="1"/>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B136" s="9" t="s">
         <v>145</v>
       </c>
       <c r="C136" s="8">
         <v>2007</v>
       </c>
       <c r="D136" s="8" t="s">
         <v>236</v>
       </c>
       <c r="E136" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F136" s="1"/>
@@ -3881,71 +3881,71 @@
       </c>
       <c r="C137" s="8">
         <v>1987</v>
       </c>
       <c r="D137" s="8" t="s">
         <v>240</v>
       </c>
       <c r="E137" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F137" s="1"/>
       <c r="G137" s="1"/>
       <c r="H137" s="1"/>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B138" s="9" t="s">
         <v>147</v>
       </c>
       <c r="C138" s="8">
         <v>1989</v>
       </c>
       <c r="D138" s="8" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E138" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F138" s="1"/>
       <c r="G138" s="1"/>
       <c r="H138" s="1"/>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B139" s="9" t="s">
         <v>148</v>
       </c>
       <c r="C139" s="8">
         <v>1998</v>
       </c>
       <c r="D139" s="8" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="E139" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F139" s="1"/>
       <c r="G139" s="1"/>
       <c r="H139" s="1"/>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B140" s="9" t="s">
         <v>149</v>
       </c>
       <c r="C140" s="8">
         <v>2010</v>
       </c>
       <c r="D140" s="8" t="s">
         <v>242</v>
       </c>
       <c r="E140" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F140" s="1"/>
@@ -4021,51 +4021,51 @@
       </c>
       <c r="C144" s="8">
         <v>1981</v>
       </c>
       <c r="D144" s="8" t="s">
         <v>236</v>
       </c>
       <c r="E144" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F144" s="1"/>
       <c r="G144" s="1"/>
       <c r="H144" s="1"/>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B145" s="9" t="s">
         <v>154</v>
       </c>
       <c r="C145" s="8">
         <v>1991</v>
       </c>
       <c r="D145" s="8" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="E145" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F145" s="1"/>
       <c r="G145" s="1"/>
       <c r="H145" s="1"/>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B146" s="9" t="s">
         <v>155</v>
       </c>
       <c r="C146" s="8">
         <v>1987</v>
       </c>
       <c r="D146" s="8" t="s">
         <v>236</v>
       </c>
       <c r="E146" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F146" s="1"/>
@@ -4121,51 +4121,51 @@
       </c>
       <c r="C149" s="8">
         <v>1989</v>
       </c>
       <c r="D149" s="8" t="s">
         <v>236</v>
       </c>
       <c r="E149" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F149" s="1"/>
       <c r="G149" s="1"/>
       <c r="H149" s="1"/>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B150" s="9" t="s">
         <v>159</v>
       </c>
       <c r="C150" s="8">
         <v>2004</v>
       </c>
       <c r="D150" s="8" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="E150" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F150" s="1"/>
       <c r="G150" s="1"/>
       <c r="H150" s="1"/>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B151" s="9" t="s">
         <v>160</v>
       </c>
       <c r="C151" s="8">
         <v>1973</v>
       </c>
       <c r="D151" s="8" t="s">
         <v>236</v>
       </c>
       <c r="E151" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F151" s="1"/>
@@ -4181,51 +4181,51 @@
       </c>
       <c r="C152" s="8">
         <v>2000</v>
       </c>
       <c r="D152" s="8" t="s">
         <v>236</v>
       </c>
       <c r="E152" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F152" s="1"/>
       <c r="G152" s="1"/>
       <c r="H152" s="1"/>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B153" s="9" t="s">
         <v>162</v>
       </c>
       <c r="C153" s="8">
         <v>2001</v>
       </c>
       <c r="D153" s="8" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E153" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F153" s="1"/>
       <c r="G153" s="1"/>
       <c r="H153" s="1"/>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B154" s="9" t="s">
         <v>163</v>
       </c>
       <c r="C154" s="8">
         <v>2009</v>
       </c>
       <c r="D154" s="8" t="s">
         <v>236</v>
       </c>
       <c r="E154" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F154" s="1"/>
@@ -4281,51 +4281,51 @@
       </c>
       <c r="C157" s="8">
         <v>2001</v>
       </c>
       <c r="D157" s="8" t="s">
         <v>243</v>
       </c>
       <c r="E157" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F157" s="1"/>
       <c r="G157" s="1"/>
       <c r="H157" s="1"/>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B158" s="9" t="s">
         <v>167</v>
       </c>
       <c r="C158" s="8">
         <v>2003</v>
       </c>
       <c r="D158" s="8" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E158" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F158" s="1"/>
       <c r="G158" s="1"/>
       <c r="H158" s="1"/>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B159" s="9" t="s">
         <v>168</v>
       </c>
       <c r="C159" s="8">
         <v>2001</v>
       </c>
       <c r="D159" s="8" t="s">
         <v>236</v>
       </c>
       <c r="E159" s="9" t="s">
         <v>253</v>
       </c>
       <c r="F159" s="1"/>
@@ -4341,91 +4341,91 @@
       </c>
       <c r="C160" s="8">
         <v>1998</v>
       </c>
       <c r="D160" s="8" t="s">
         <v>236</v>
       </c>
       <c r="E160" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F160" s="1"/>
       <c r="G160" s="1"/>
       <c r="H160" s="1"/>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B161" s="9" t="s">
         <v>170</v>
       </c>
       <c r="C161" s="8">
         <v>2009</v>
       </c>
       <c r="D161" s="8" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E161" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F161" s="1"/>
       <c r="G161" s="1"/>
       <c r="H161" s="1"/>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B162" s="9" t="s">
         <v>171</v>
       </c>
       <c r="C162" s="8">
         <v>2003</v>
       </c>
       <c r="D162" s="8" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E162" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F162" s="1"/>
       <c r="G162" s="1"/>
       <c r="H162" s="1"/>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B163" s="9" t="s">
         <v>172</v>
       </c>
       <c r="C163" s="8">
         <v>1978</v>
       </c>
       <c r="D163" s="8" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E163" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F163" s="1"/>
       <c r="G163" s="1"/>
       <c r="H163" s="1"/>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B164" s="9" t="s">
         <v>173</v>
       </c>
       <c r="C164" s="8">
         <v>1985</v>
       </c>
       <c r="D164" s="8" t="s">
         <v>240</v>
       </c>
       <c r="E164" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F164" s="1"/>
@@ -4501,51 +4501,51 @@
       </c>
       <c r="C168" s="8">
         <v>1988</v>
       </c>
       <c r="D168" s="8" t="s">
         <v>240</v>
       </c>
       <c r="E168" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F168" s="1"/>
       <c r="G168" s="1"/>
       <c r="H168" s="1"/>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B169" s="9" t="s">
         <v>178</v>
       </c>
       <c r="C169" s="8">
         <v>1985</v>
       </c>
       <c r="D169" s="8" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E169" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F169" s="1"/>
       <c r="G169" s="1"/>
       <c r="H169" s="1"/>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B170" s="9" t="s">
         <v>179</v>
       </c>
       <c r="C170" s="8">
         <v>1983</v>
       </c>
       <c r="D170" s="8" t="s">
         <v>236</v>
       </c>
       <c r="E170" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F170" s="1"/>
@@ -4581,71 +4581,71 @@
       </c>
       <c r="C172" s="8">
         <v>1996</v>
       </c>
       <c r="D172" s="8" t="s">
         <v>236</v>
       </c>
       <c r="E172" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F172" s="1"/>
       <c r="G172" s="1"/>
       <c r="H172" s="1"/>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B173" s="9" t="s">
         <v>182</v>
       </c>
       <c r="C173" s="8">
         <v>1996</v>
       </c>
       <c r="D173" s="8" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E173" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F173" s="1"/>
       <c r="G173" s="1"/>
       <c r="H173" s="1"/>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B174" s="9" t="s">
         <v>183</v>
       </c>
       <c r="C174" s="8">
         <v>1986</v>
       </c>
       <c r="D174" s="8" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E174" s="9" t="s">
         <v>250</v>
       </c>
       <c r="F174" s="1"/>
       <c r="G174" s="1"/>
       <c r="H174" s="1"/>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B175" s="9" t="s">
         <v>184</v>
       </c>
       <c r="C175" s="8">
         <v>1990</v>
       </c>
       <c r="D175" s="8" t="s">
         <v>236</v>
       </c>
       <c r="E175" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F175" s="1"/>
@@ -4681,51 +4681,51 @@
       </c>
       <c r="C177" s="8">
         <v>1989</v>
       </c>
       <c r="D177" s="8" t="s">
         <v>236</v>
       </c>
       <c r="E177" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F177" s="1"/>
       <c r="G177" s="1"/>
       <c r="H177" s="1"/>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B178" s="9" t="s">
         <v>187</v>
       </c>
       <c r="C178" s="8">
         <v>1997</v>
       </c>
       <c r="D178" s="8" t="s">
-        <v>240</v>
+        <v>236</v>
       </c>
       <c r="E178" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F178" s="1"/>
       <c r="G178" s="1"/>
       <c r="H178" s="1"/>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B179" s="9" t="s">
         <v>188</v>
       </c>
       <c r="C179" s="8">
         <v>2001</v>
       </c>
       <c r="D179" s="8" t="s">
         <v>236</v>
       </c>
       <c r="E179" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F179" s="1"/>
@@ -4741,51 +4741,51 @@
       </c>
       <c r="C180" s="8">
         <v>1986</v>
       </c>
       <c r="D180" s="8" t="s">
         <v>240</v>
       </c>
       <c r="E180" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F180" s="1"/>
       <c r="G180" s="1"/>
       <c r="H180" s="1"/>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B181" s="9" t="s">
         <v>190</v>
       </c>
       <c r="C181" s="8">
         <v>2005</v>
       </c>
       <c r="D181" s="8" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="E181" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F181" s="1"/>
       <c r="G181" s="1"/>
       <c r="H181" s="1"/>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B182" s="9" t="s">
         <v>191</v>
       </c>
       <c r="C182" s="8">
         <v>1987</v>
       </c>
       <c r="D182" s="8" t="s">
         <v>240</v>
       </c>
       <c r="E182" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F182" s="1"/>
@@ -4861,191 +4861,191 @@
       </c>
       <c r="C186" s="8">
         <v>1988</v>
       </c>
       <c r="D186" s="8" t="s">
         <v>236</v>
       </c>
       <c r="E186" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F186" s="1"/>
       <c r="G186" s="1"/>
       <c r="H186" s="1"/>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B187" s="9" t="s">
         <v>196</v>
       </c>
       <c r="C187" s="8">
         <v>2005</v>
       </c>
       <c r="D187" s="8" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="E187" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F187" s="1"/>
       <c r="G187" s="1"/>
       <c r="H187" s="1"/>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B188" s="9" t="s">
         <v>197</v>
       </c>
       <c r="C188" s="8">
         <v>2010</v>
       </c>
       <c r="D188" s="8" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E188" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F188" s="1"/>
       <c r="G188" s="1"/>
       <c r="H188" s="1"/>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B189" s="9" t="s">
         <v>198</v>
       </c>
       <c r="C189" s="8">
         <v>1983</v>
       </c>
       <c r="D189" s="8" t="s">
         <v>236</v>
       </c>
       <c r="E189" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F189" s="1"/>
       <c r="G189" s="1"/>
       <c r="H189" s="1"/>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B190" s="9" t="s">
         <v>199</v>
       </c>
       <c r="C190" s="8">
         <v>1989</v>
       </c>
       <c r="D190" s="8" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E190" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F190" s="1"/>
       <c r="G190" s="1"/>
       <c r="H190" s="1"/>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B191" s="9" t="s">
         <v>200</v>
       </c>
       <c r="C191" s="8">
         <v>2003</v>
       </c>
       <c r="D191" s="8" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E191" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F191" s="1"/>
       <c r="G191" s="1"/>
       <c r="H191" s="1"/>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B192" s="9" t="s">
         <v>201</v>
       </c>
       <c r="C192" s="8">
         <v>1973</v>
       </c>
       <c r="D192" s="8" t="s">
         <v>240</v>
       </c>
       <c r="E192" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F192" s="1"/>
       <c r="G192" s="1"/>
       <c r="H192" s="1"/>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B193" s="9" t="s">
         <v>202</v>
       </c>
       <c r="C193" s="8">
         <v>1991</v>
       </c>
       <c r="D193" s="8" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E193" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F193" s="1"/>
       <c r="G193" s="1"/>
       <c r="H193" s="1"/>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B194" s="9" t="s">
         <v>203</v>
       </c>
       <c r="C194" s="8">
         <v>2003</v>
       </c>
       <c r="D194" s="8" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E194" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F194" s="1"/>
       <c r="G194" s="1"/>
       <c r="H194" s="1"/>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B195" s="9" t="s">
         <v>204</v>
       </c>
       <c r="C195" s="8">
         <v>1995</v>
       </c>
       <c r="D195" s="8" t="s">
         <v>244</v>
       </c>
       <c r="E195" s="9" t="s">
         <v>252</v>
       </c>
       <c r="F195" s="1"/>
@@ -5081,111 +5081,111 @@
       </c>
       <c r="C197" s="8">
         <v>1991</v>
       </c>
       <c r="D197" s="8" t="s">
         <v>236</v>
       </c>
       <c r="E197" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F197" s="1"/>
       <c r="G197" s="1"/>
       <c r="H197" s="1"/>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B198" s="9" t="s">
         <v>207</v>
       </c>
       <c r="C198" s="8">
         <v>1994</v>
       </c>
       <c r="D198" s="8" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="E198" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F198" s="1"/>
       <c r="G198" s="1"/>
       <c r="H198" s="1"/>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B199" s="9" t="s">
         <v>208</v>
       </c>
       <c r="C199" s="8">
         <v>2005</v>
       </c>
       <c r="D199" s="8" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E199" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F199" s="1"/>
       <c r="G199" s="1"/>
       <c r="H199" s="1"/>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" s="8" t="s">
         <v>12</v>
       </c>
       <c r="B200" s="9" t="s">
         <v>209</v>
       </c>
       <c r="C200" s="8">
         <v>2008</v>
       </c>
       <c r="D200" s="8" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E200" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F200" s="1"/>
       <c r="G200" s="1"/>
       <c r="H200" s="1"/>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" s="8" t="s">
         <v>12</v>
       </c>
       <c r="B201" s="9" t="s">
         <v>210</v>
       </c>
       <c r="C201" s="8">
         <v>1989</v>
       </c>
       <c r="D201" s="8" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E201" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F201" s="1"/>
       <c r="G201" s="1"/>
       <c r="H201" s="1"/>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" s="8" t="s">
         <v>12</v>
       </c>
       <c r="B202" s="9" t="s">
         <v>211</v>
       </c>
       <c r="C202" s="8">
         <v>2003</v>
       </c>
       <c r="D202" s="8" t="s">
         <v>243</v>
       </c>
       <c r="E202" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F202" s="1"/>
@@ -5201,51 +5201,51 @@
       </c>
       <c r="C203" s="8">
         <v>1987</v>
       </c>
       <c r="D203" s="8" t="s">
         <v>236</v>
       </c>
       <c r="E203" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F203" s="1"/>
       <c r="G203" s="1"/>
       <c r="H203" s="1"/>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" s="8" t="s">
         <v>12</v>
       </c>
       <c r="B204" s="9" t="s">
         <v>213</v>
       </c>
       <c r="C204" s="8">
         <v>1981</v>
       </c>
       <c r="D204" s="8" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E204" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F204" s="1"/>
       <c r="G204" s="1"/>
       <c r="H204" s="1"/>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" s="8" t="s">
         <v>12</v>
       </c>
       <c r="B205" s="9" t="s">
         <v>214</v>
       </c>
       <c r="C205" s="8">
         <v>1986</v>
       </c>
       <c r="D205" s="8" t="s">
         <v>236</v>
       </c>
       <c r="E205" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F205" s="1"/>
@@ -5281,51 +5281,51 @@
       </c>
       <c r="C207" s="8">
         <v>2009</v>
       </c>
       <c r="D207" s="8" t="s">
         <v>240</v>
       </c>
       <c r="E207" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F207" s="1"/>
       <c r="G207" s="1"/>
       <c r="H207" s="1"/>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" s="8" t="s">
         <v>12</v>
       </c>
       <c r="B208" s="9" t="s">
         <v>217</v>
       </c>
       <c r="C208" s="8">
         <v>2009</v>
       </c>
       <c r="D208" s="8" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E208" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F208" s="1"/>
       <c r="G208" s="1"/>
       <c r="H208" s="1"/>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" s="8" t="s">
         <v>12</v>
       </c>
       <c r="B209" s="9" t="s">
         <v>218</v>
       </c>
       <c r="C209" s="8">
         <v>2007</v>
       </c>
       <c r="D209" s="8" t="s">
         <v>236</v>
       </c>
       <c r="E209" s="9" t="s">
         <v>251</v>
       </c>
       <c r="F209" s="1"/>
@@ -5341,111 +5341,111 @@
       </c>
       <c r="C210" s="8">
         <v>2008</v>
       </c>
       <c r="D210" s="8" t="s">
         <v>245</v>
       </c>
       <c r="E210" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F210" s="1"/>
       <c r="G210" s="1"/>
       <c r="H210" s="1"/>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" s="8" t="s">
         <v>12</v>
       </c>
       <c r="B211" s="9" t="s">
         <v>220</v>
       </c>
       <c r="C211" s="8">
         <v>1997</v>
       </c>
       <c r="D211" s="8" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E211" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F211" s="1"/>
       <c r="G211" s="1"/>
       <c r="H211" s="1"/>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" s="8" t="s">
         <v>12</v>
       </c>
       <c r="B212" s="9" t="s">
         <v>221</v>
       </c>
       <c r="C212" s="8">
         <v>2004</v>
       </c>
       <c r="D212" s="8" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="E212" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F212" s="1"/>
       <c r="G212" s="1"/>
       <c r="H212" s="1"/>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" s="8" t="s">
         <v>12</v>
       </c>
       <c r="B213" s="9" t="s">
         <v>222</v>
       </c>
       <c r="C213" s="8">
         <v>1995</v>
       </c>
       <c r="D213" s="8" t="s">
         <v>236</v>
       </c>
       <c r="E213" s="9" t="s">
         <v>248</v>
       </c>
       <c r="F213" s="1"/>
       <c r="G213" s="1"/>
       <c r="H213" s="1"/>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" s="8" t="s">
         <v>12</v>
       </c>
       <c r="B214" s="9" t="s">
         <v>223</v>
       </c>
       <c r="C214" s="8">
         <v>1986</v>
       </c>
       <c r="D214" s="8" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E214" s="9" t="s">
         <v>247</v>
       </c>
       <c r="F214" s="1"/>
       <c r="G214" s="1"/>
       <c r="H214" s="1"/>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" s="8" t="s">
         <v>12</v>
       </c>
       <c r="B215" s="9" t="s">
         <v>224</v>
       </c>
       <c r="C215" s="8">
         <v>1988</v>
       </c>
       <c r="D215" s="8" t="s">
         <v>236</v>
       </c>
       <c r="E215" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F215" s="1"/>
@@ -5501,91 +5501,91 @@
       </c>
       <c r="C218" s="8">
         <v>2006</v>
       </c>
       <c r="D218" s="8" t="s">
         <v>243</v>
       </c>
       <c r="E218" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F218" s="1"/>
       <c r="G218" s="1"/>
       <c r="H218" s="1"/>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" s="8" t="s">
         <v>12</v>
       </c>
       <c r="B219" s="9" t="s">
         <v>228</v>
       </c>
       <c r="C219" s="8">
         <v>1995</v>
       </c>
       <c r="D219" s="8" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E219" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F219" s="1"/>
       <c r="G219" s="1"/>
       <c r="H219" s="1"/>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" s="8" t="s">
         <v>12</v>
       </c>
       <c r="B220" s="9" t="s">
         <v>229</v>
       </c>
       <c r="C220" s="8">
         <v>2006</v>
       </c>
       <c r="D220" s="8" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E220" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F220" s="1"/>
       <c r="G220" s="1"/>
       <c r="H220" s="1"/>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" s="8" t="s">
         <v>12</v>
       </c>
       <c r="B221" s="9" t="s">
         <v>230</v>
       </c>
       <c r="C221" s="8">
         <v>1999</v>
       </c>
       <c r="D221" s="8" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E221" s="9" t="s">
         <v>247</v>
       </c>
       <c r="F221" s="1"/>
       <c r="G221" s="1"/>
       <c r="H221" s="1"/>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" s="8" t="s">
         <v>12</v>
       </c>
       <c r="B222" s="9" t="s">
         <v>231</v>
       </c>
       <c r="C222" s="8">
         <v>1993</v>
       </c>
       <c r="D222" s="8" t="s">
         <v>236</v>
       </c>
       <c r="E222" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F222" s="1"/>