--- v1 (2025-12-30)
+++ v2 (2026-02-18)
@@ -2321,51 +2321,51 @@
       </c>
       <c r="C59" s="8">
         <v>1987</v>
       </c>
       <c r="D59" s="8" t="s">
         <v>236</v>
       </c>
       <c r="E59" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F59" s="1"/>
       <c r="G59" s="1"/>
       <c r="H59" s="1"/>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B60" s="9" t="s">
         <v>69</v>
       </c>
       <c r="C60" s="8">
         <v>2006</v>
       </c>
       <c r="D60" s="8" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="E60" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F60" s="1"/>
       <c r="G60" s="1"/>
       <c r="H60" s="1"/>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B61" s="9" t="s">
         <v>70</v>
       </c>
       <c r="C61" s="8">
         <v>1992</v>
       </c>
       <c r="D61" s="8" t="s">
         <v>238</v>
       </c>
       <c r="E61" s="9" t="s">
         <v>247</v>
       </c>
       <c r="F61" s="1"/>
@@ -2864,51 +2864,51 @@
       </c>
       <c r="D86" s="8" t="s">
         <v>235</v>
       </c>
       <c r="E86" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F86" s="1"/>
       <c r="G86" s="1"/>
       <c r="H86" s="1"/>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B87" s="9" t="s">
         <v>96</v>
       </c>
       <c r="C87" s="8">
         <v>1982</v>
       </c>
       <c r="D87" s="8" t="s">
         <v>238</v>
       </c>
       <c r="E87" s="9" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="F87" s="1"/>
       <c r="G87" s="1"/>
       <c r="H87" s="1"/>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B88" s="9" t="s">
         <v>97</v>
       </c>
       <c r="C88" s="8">
         <v>1986</v>
       </c>
       <c r="D88" s="8" t="s">
         <v>240</v>
       </c>
       <c r="E88" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F88" s="1"/>
       <c r="G88" s="1"/>
       <c r="H88" s="1"/>
     </row>
@@ -2981,51 +2981,51 @@
       </c>
       <c r="C92" s="8">
         <v>2005</v>
       </c>
       <c r="D92" s="8" t="s">
         <v>238</v>
       </c>
       <c r="E92" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F92" s="1"/>
       <c r="G92" s="1"/>
       <c r="H92" s="1"/>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B93" s="9" t="s">
         <v>102</v>
       </c>
       <c r="C93" s="8">
         <v>1993</v>
       </c>
       <c r="D93" s="8" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="E93" s="9" t="s">
         <v>248</v>
       </c>
       <c r="F93" s="1"/>
       <c r="G93" s="1"/>
       <c r="H93" s="1"/>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B94" s="9" t="s">
         <v>103</v>
       </c>
       <c r="C94" s="8">
         <v>2003</v>
       </c>
       <c r="D94" s="8" t="s">
         <v>238</v>
       </c>
       <c r="E94" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F94" s="1"/>
@@ -3701,51 +3701,51 @@
       </c>
       <c r="C128" s="8">
         <v>2001</v>
       </c>
       <c r="D128" s="8" t="s">
         <v>239</v>
       </c>
       <c r="E128" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F128" s="1"/>
       <c r="G128" s="1"/>
       <c r="H128" s="1"/>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B129" s="9" t="s">
         <v>138</v>
       </c>
       <c r="C129" s="8">
         <v>1993</v>
       </c>
       <c r="D129" s="8" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="E129" s="9" t="s">
         <v>247</v>
       </c>
       <c r="F129" s="1"/>
       <c r="G129" s="1"/>
       <c r="H129" s="1"/>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B130" s="9" t="s">
         <v>139</v>
       </c>
       <c r="C130" s="8">
         <v>2004</v>
       </c>
       <c r="D130" s="8" t="s">
         <v>238</v>
       </c>
       <c r="E130" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F130" s="1"/>
@@ -4301,51 +4301,51 @@
       </c>
       <c r="C158" s="8">
         <v>2003</v>
       </c>
       <c r="D158" s="8" t="s">
         <v>239</v>
       </c>
       <c r="E158" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F158" s="1"/>
       <c r="G158" s="1"/>
       <c r="H158" s="1"/>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B159" s="9" t="s">
         <v>168</v>
       </c>
       <c r="C159" s="8">
         <v>2001</v>
       </c>
       <c r="D159" s="8" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="E159" s="9" t="s">
         <v>253</v>
       </c>
       <c r="F159" s="1"/>
       <c r="G159" s="1"/>
       <c r="H159" s="1"/>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B160" s="9" t="s">
         <v>169</v>
       </c>
       <c r="C160" s="8">
         <v>1998</v>
       </c>
       <c r="D160" s="8" t="s">
         <v>236</v>
       </c>
       <c r="E160" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F160" s="1"/>