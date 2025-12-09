--- v0 (2025-10-24)
+++ v1 (2025-12-09)
@@ -42,74 +42,50 @@
     <t>Командный чемпионат по бильярду Эн+,посвященный 50-летию Ново-Иркутской ТЭЦ</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>18.10.2025, БК "Меткий", Россия, Иркутская область, Иркутск, ул. Красноказачья,  119</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>Главный судья</t>
   </si>
   <si>
     <t>Главный секретарь</t>
   </si>
   <si>
     <t>Судья</t>
   </si>
   <si>
     <t>Спортсмен</t>
-  </si>
-[...22 lines deleted...]
-    <t>Павлов Андрей</t>
   </si>
   <si>
     <t>Ново-Иркутская ТЭЦ  2</t>
   </si>
   <si>
     <t>Сапожников Максим</t>
   </si>
   <si>
     <t>Ченцов Сергей</t>
   </si>
   <si>
     <t>Новак Кирилл</t>
   </si>
   <si>
     <t>ТЭЦ-10 - 2</t>
   </si>
   <si>
     <t>Юрасов Николай</t>
   </si>
   <si>
     <t>Ананьин Сергей</t>
   </si>
   <si>
     <t>Балюев Николай</t>
   </si>
@@ -150,50 +126,74 @@
     <t>Калашников Максим</t>
   </si>
   <si>
     <t>Иркутскэнерготранс</t>
   </si>
   <si>
     <t>Винокуров Антон</t>
   </si>
   <si>
     <t>Власов Александр</t>
   </si>
   <si>
     <t>Рудых Михаил</t>
   </si>
   <si>
     <t>Байкалэнерго</t>
   </si>
   <si>
     <t>Худяков Андрей</t>
   </si>
   <si>
     <t>Тирских Игорь</t>
   </si>
   <si>
     <t>Мотовилова Елена</t>
+  </si>
+  <si>
+    <t>Ново-Иркутская ТЭЦ  3</t>
+  </si>
+  <si>
+    <t>Григорьев Евгений</t>
+  </si>
+  <si>
+    <t>Домбровский Александр</t>
+  </si>
+  <si>
+    <t>Зинкевич Маским</t>
+  </si>
+  <si>
+    <t>ТЭЦ-6</t>
+  </si>
+  <si>
+    <t>Быкаев Максим</t>
+  </si>
+  <si>
+    <t>Третьяк Константин</t>
+  </si>
+  <si>
+    <t>Павлов Андрей</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>Фахрутдинова Алёна</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>КМС</t>
   </si>
   <si>
     <t>Город</t>
   </si>
   <si>
     <t>Иркутск</t>
   </si>
@@ -710,706 +710,706 @@
         <v>52</v>
       </c>
       <c r="F7" s="1"/>
       <c r="G7" s="1"/>
       <c r="H7" s="1"/>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="10"/>
       <c r="B8" s="11" t="s">
         <v>10</v>
       </c>
       <c r="C8" s="11"/>
       <c r="D8" s="11"/>
       <c r="E8" s="11" t="s">
         <v>53</v>
       </c>
       <c r="F8" s="1"/>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="9"/>
       <c r="B9" s="12" t="s">
         <v>11</v>
       </c>
-      <c r="C9" s="9">
-[...1 lines deleted...]
-      </c>
+      <c r="C9" s="9"/>
       <c r="D9" s="9" t="s">
         <v>50</v>
       </c>
       <c r="E9" s="12" t="s">
         <v>53</v>
       </c>
       <c r="F9" s="7"/>
       <c r="G9" s="7"/>
       <c r="H9" s="1"/>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="9"/>
       <c r="B10" s="12" t="s">
         <v>12</v>
       </c>
-      <c r="C10" s="9"/>
+      <c r="C10" s="9">
+        <v>1981</v>
+      </c>
       <c r="D10" s="9" t="s">
         <v>50</v>
       </c>
       <c r="E10" s="12" t="s">
         <v>53</v>
       </c>
       <c r="F10" s="7"/>
       <c r="G10" s="7"/>
       <c r="H10" s="1"/>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="9"/>
       <c r="B11" s="12" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="9">
-        <v>1981</v>
+        <v>1968</v>
       </c>
       <c r="D11" s="9" t="s">
         <v>50</v>
       </c>
       <c r="E11" s="12" t="s">
         <v>53</v>
       </c>
       <c r="F11" s="7"/>
       <c r="G11" s="7"/>
       <c r="H11" s="1"/>
     </row>
     <row r="12" spans="1:8" customHeight="1" ht="3">
       <c r="A12" s="9"/>
       <c r="B12" s="12"/>
       <c r="C12" s="9"/>
       <c r="D12" s="9"/>
       <c r="E12" s="12"/>
       <c r="F12" s="1"/>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="10"/>
       <c r="B13" s="11" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="11"/>
       <c r="D13" s="11"/>
       <c r="E13" s="11" t="s">
         <v>53</v>
       </c>
       <c r="F13" s="1"/>
       <c r="G13" s="1"/>
       <c r="H13" s="1"/>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="9"/>
       <c r="B14" s="12" t="s">
         <v>15</v>
       </c>
       <c r="C14" s="9">
-        <v>1983</v>
+        <v>1976</v>
       </c>
       <c r="D14" s="9" t="s">
         <v>50</v>
       </c>
       <c r="E14" s="12" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="F14" s="7"/>
       <c r="G14" s="7"/>
       <c r="H14" s="1"/>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="9"/>
       <c r="B15" s="12" t="s">
         <v>16</v>
       </c>
-      <c r="C15" s="9"/>
+      <c r="C15" s="9">
+        <v>1969</v>
+      </c>
       <c r="D15" s="9" t="s">
         <v>50</v>
       </c>
       <c r="E15" s="12" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="F15" s="7"/>
       <c r="G15" s="7"/>
       <c r="H15" s="1"/>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="9"/>
       <c r="B16" s="12" t="s">
         <v>17</v>
       </c>
       <c r="C16" s="9">
-        <v>1990</v>
+        <v>1966</v>
       </c>
       <c r="D16" s="9" t="s">
         <v>50</v>
       </c>
       <c r="E16" s="12" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="F16" s="7"/>
       <c r="G16" s="7"/>
       <c r="H16" s="1"/>
     </row>
     <row r="17" spans="1:8" customHeight="1" ht="3">
       <c r="A17" s="9"/>
       <c r="B17" s="12"/>
       <c r="C17" s="9"/>
       <c r="D17" s="9"/>
       <c r="E17" s="12"/>
       <c r="F17" s="1"/>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="10"/>
       <c r="B18" s="11" t="s">
         <v>18</v>
       </c>
       <c r="C18" s="11"/>
       <c r="D18" s="11"/>
       <c r="E18" s="11" t="s">
         <v>53</v>
       </c>
       <c r="F18" s="1"/>
       <c r="G18" s="1"/>
       <c r="H18" s="1"/>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="9"/>
       <c r="B19" s="12" t="s">
         <v>19</v>
       </c>
-      <c r="C19" s="9"/>
+      <c r="C19" s="9">
+        <v>1965</v>
+      </c>
       <c r="D19" s="9" t="s">
         <v>50</v>
       </c>
       <c r="E19" s="12" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="F19" s="7"/>
       <c r="G19" s="7"/>
       <c r="H19" s="1"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="9"/>
       <c r="B20" s="12" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="9">
-        <v>1981</v>
+        <v>1978</v>
       </c>
       <c r="D20" s="9" t="s">
         <v>50</v>
       </c>
       <c r="E20" s="12" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="F20" s="7"/>
       <c r="G20" s="7"/>
       <c r="H20" s="1"/>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="9"/>
       <c r="B21" s="12" t="s">
         <v>21</v>
       </c>
       <c r="C21" s="9">
-        <v>1968</v>
+        <v>1984</v>
       </c>
       <c r="D21" s="9" t="s">
         <v>50</v>
       </c>
       <c r="E21" s="12" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="F21" s="7"/>
       <c r="G21" s="7"/>
       <c r="H21" s="1"/>
     </row>
     <row r="22" spans="1:8" customHeight="1" ht="3">
       <c r="A22" s="9"/>
       <c r="B22" s="12"/>
       <c r="C22" s="9"/>
       <c r="D22" s="9"/>
       <c r="E22" s="12"/>
       <c r="F22" s="1"/>
       <c r="G22" s="1"/>
       <c r="H22" s="1"/>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="10"/>
       <c r="B23" s="11" t="s">
         <v>22</v>
       </c>
       <c r="C23" s="11"/>
       <c r="D23" s="11"/>
       <c r="E23" s="11" t="s">
         <v>53</v>
       </c>
       <c r="F23" s="1"/>
       <c r="G23" s="1"/>
       <c r="H23" s="1"/>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="9"/>
       <c r="B24" s="12" t="s">
         <v>23</v>
       </c>
       <c r="C24" s="9">
-        <v>1976</v>
+        <v>1997</v>
       </c>
       <c r="D24" s="9" t="s">
         <v>50</v>
       </c>
       <c r="E24" s="12" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F24" s="7"/>
       <c r="G24" s="7"/>
       <c r="H24" s="1"/>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="9"/>
       <c r="B25" s="12" t="s">
         <v>24</v>
       </c>
       <c r="C25" s="9">
-        <v>1969</v>
+        <v>1996</v>
       </c>
       <c r="D25" s="9" t="s">
         <v>50</v>
       </c>
       <c r="E25" s="12" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F25" s="7"/>
       <c r="G25" s="7"/>
       <c r="H25" s="1"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="9"/>
       <c r="B26" s="12" t="s">
         <v>25</v>
       </c>
       <c r="C26" s="9">
-        <v>1966</v>
+        <v>1997</v>
       </c>
       <c r="D26" s="9" t="s">
         <v>50</v>
       </c>
       <c r="E26" s="12" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F26" s="7"/>
       <c r="G26" s="7"/>
       <c r="H26" s="1"/>
     </row>
     <row r="27" spans="1:8" customHeight="1" ht="3">
       <c r="A27" s="9"/>
       <c r="B27" s="12"/>
       <c r="C27" s="9"/>
       <c r="D27" s="9"/>
       <c r="E27" s="12"/>
       <c r="F27" s="1"/>
       <c r="G27" s="1"/>
       <c r="H27" s="1"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="10"/>
       <c r="B28" s="11" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="11"/>
       <c r="D28" s="11"/>
       <c r="E28" s="11" t="s">
         <v>53</v>
       </c>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="9"/>
       <c r="B29" s="12" t="s">
         <v>27</v>
       </c>
       <c r="C29" s="9">
-        <v>1965</v>
+        <v>1991</v>
       </c>
       <c r="D29" s="9" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E29" s="12" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F29" s="7"/>
       <c r="G29" s="7"/>
       <c r="H29" s="1"/>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="9"/>
       <c r="B30" s="12" t="s">
         <v>28</v>
       </c>
       <c r="C30" s="9">
-        <v>1978</v>
+        <v>1963</v>
       </c>
       <c r="D30" s="9" t="s">
         <v>50</v>
       </c>
       <c r="E30" s="12" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F30" s="7"/>
       <c r="G30" s="7"/>
       <c r="H30" s="1"/>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="9"/>
       <c r="B31" s="12" t="s">
         <v>29</v>
       </c>
       <c r="C31" s="9">
-        <v>1984</v>
+        <v>1987</v>
       </c>
       <c r="D31" s="9" t="s">
         <v>50</v>
       </c>
       <c r="E31" s="12" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F31" s="7"/>
       <c r="G31" s="7"/>
       <c r="H31" s="1"/>
     </row>
     <row r="32" spans="1:8" customHeight="1" ht="3">
       <c r="A32" s="9"/>
       <c r="B32" s="12"/>
       <c r="C32" s="9"/>
       <c r="D32" s="9"/>
       <c r="E32" s="12"/>
       <c r="F32" s="1"/>
       <c r="G32" s="1"/>
       <c r="H32" s="1"/>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="10"/>
       <c r="B33" s="11" t="s">
         <v>30</v>
       </c>
       <c r="C33" s="11"/>
       <c r="D33" s="11"/>
       <c r="E33" s="11" t="s">
         <v>53</v>
       </c>
       <c r="F33" s="1"/>
       <c r="G33" s="1"/>
       <c r="H33" s="1"/>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="9"/>
       <c r="B34" s="12" t="s">
         <v>31</v>
       </c>
       <c r="C34" s="9">
-        <v>1997</v>
+        <v>1972</v>
       </c>
       <c r="D34" s="9" t="s">
         <v>50</v>
       </c>
       <c r="E34" s="12" t="s">
         <v>53</v>
       </c>
       <c r="F34" s="7"/>
       <c r="G34" s="7"/>
       <c r="H34" s="1"/>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="9"/>
       <c r="B35" s="12" t="s">
         <v>32</v>
       </c>
       <c r="C35" s="9">
-        <v>1996</v>
+        <v>1979</v>
       </c>
       <c r="D35" s="9" t="s">
         <v>50</v>
       </c>
       <c r="E35" s="12" t="s">
         <v>53</v>
       </c>
       <c r="F35" s="7"/>
       <c r="G35" s="7"/>
       <c r="H35" s="1"/>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="9"/>
       <c r="B36" s="12" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="9">
-        <v>1997</v>
+        <v>1978</v>
       </c>
       <c r="D36" s="9" t="s">
         <v>50</v>
       </c>
       <c r="E36" s="12" t="s">
         <v>53</v>
       </c>
       <c r="F36" s="7"/>
       <c r="G36" s="7"/>
       <c r="H36" s="1"/>
     </row>
     <row r="37" spans="1:8" customHeight="1" ht="3">
       <c r="A37" s="9"/>
       <c r="B37" s="12"/>
       <c r="C37" s="9"/>
       <c r="D37" s="9"/>
       <c r="E37" s="12"/>
       <c r="F37" s="1"/>
       <c r="G37" s="1"/>
       <c r="H37" s="1"/>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="10"/>
       <c r="B38" s="11" t="s">
         <v>34</v>
       </c>
       <c r="C38" s="11"/>
       <c r="D38" s="11"/>
       <c r="E38" s="11" t="s">
         <v>53</v>
       </c>
       <c r="F38" s="1"/>
       <c r="G38" s="1"/>
       <c r="H38" s="1"/>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="9"/>
       <c r="B39" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C39" s="9">
-        <v>1991</v>
+        <v>1976</v>
       </c>
       <c r="D39" s="9" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="E39" s="12" t="s">
         <v>53</v>
       </c>
       <c r="F39" s="7"/>
       <c r="G39" s="7"/>
       <c r="H39" s="1"/>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="9"/>
       <c r="B40" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C40" s="9">
-        <v>1963</v>
+        <v>1962</v>
       </c>
       <c r="D40" s="9" t="s">
         <v>50</v>
       </c>
       <c r="E40" s="12" t="s">
         <v>53</v>
       </c>
       <c r="F40" s="7"/>
       <c r="G40" s="7"/>
       <c r="H40" s="1"/>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="9"/>
       <c r="B41" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C41" s="9">
-        <v>1987</v>
+        <v>1986</v>
       </c>
       <c r="D41" s="9" t="s">
         <v>50</v>
       </c>
       <c r="E41" s="12" t="s">
         <v>53</v>
       </c>
       <c r="F41" s="7"/>
       <c r="G41" s="7"/>
       <c r="H41" s="1"/>
     </row>
     <row r="42" spans="1:8" customHeight="1" ht="3">
       <c r="A42" s="9"/>
       <c r="B42" s="12"/>
       <c r="C42" s="9"/>
       <c r="D42" s="9"/>
       <c r="E42" s="12"/>
       <c r="F42" s="1"/>
       <c r="G42" s="1"/>
       <c r="H42" s="1"/>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="10"/>
       <c r="B43" s="11" t="s">
         <v>38</v>
       </c>
       <c r="C43" s="11"/>
       <c r="D43" s="11"/>
       <c r="E43" s="11" t="s">
         <v>53</v>
       </c>
       <c r="F43" s="1"/>
       <c r="G43" s="1"/>
       <c r="H43" s="1"/>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="9"/>
       <c r="B44" s="12" t="s">
         <v>39</v>
       </c>
       <c r="C44" s="9">
-        <v>1972</v>
+        <v>1977</v>
       </c>
       <c r="D44" s="9" t="s">
         <v>50</v>
       </c>
       <c r="E44" s="12" t="s">
         <v>53</v>
       </c>
       <c r="F44" s="7"/>
       <c r="G44" s="7"/>
       <c r="H44" s="1"/>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="9"/>
       <c r="B45" s="12" t="s">
         <v>40</v>
       </c>
-      <c r="C45" s="9">
-[...1 lines deleted...]
-      </c>
+      <c r="C45" s="9"/>
       <c r="D45" s="9" t="s">
         <v>50</v>
       </c>
       <c r="E45" s="12" t="s">
         <v>53</v>
       </c>
       <c r="F45" s="7"/>
       <c r="G45" s="7"/>
       <c r="H45" s="1"/>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="9"/>
       <c r="B46" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C46" s="9">
-        <v>1978</v>
+        <v>1981</v>
       </c>
       <c r="D46" s="9" t="s">
         <v>50</v>
       </c>
       <c r="E46" s="12" t="s">
         <v>53</v>
       </c>
       <c r="F46" s="7"/>
       <c r="G46" s="7"/>
       <c r="H46" s="1"/>
     </row>
     <row r="47" spans="1:8" customHeight="1" ht="3">
       <c r="A47" s="9"/>
       <c r="B47" s="12"/>
       <c r="C47" s="9"/>
       <c r="D47" s="9"/>
       <c r="E47" s="12"/>
       <c r="F47" s="1"/>
       <c r="G47" s="1"/>
       <c r="H47" s="1"/>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="10"/>
       <c r="B48" s="11" t="s">
         <v>42</v>
       </c>
       <c r="C48" s="11"/>
       <c r="D48" s="11"/>
       <c r="E48" s="11" t="s">
         <v>53</v>
       </c>
       <c r="F48" s="1"/>
       <c r="G48" s="1"/>
       <c r="H48" s="1"/>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="9"/>
       <c r="B49" s="12" t="s">
         <v>43</v>
       </c>
       <c r="C49" s="9">
-        <v>1976</v>
+        <v>1983</v>
       </c>
       <c r="D49" s="9" t="s">
         <v>50</v>
       </c>
       <c r="E49" s="12" t="s">
         <v>53</v>
       </c>
       <c r="F49" s="7"/>
       <c r="G49" s="7"/>
       <c r="H49" s="1"/>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="9"/>
       <c r="B50" s="12" t="s">
         <v>44</v>
       </c>
-      <c r="C50" s="9">
-[...1 lines deleted...]
-      </c>
+      <c r="C50" s="9"/>
       <c r="D50" s="9" t="s">
         <v>50</v>
       </c>
       <c r="E50" s="12" t="s">
         <v>53</v>
       </c>
       <c r="F50" s="7"/>
       <c r="G50" s="7"/>
       <c r="H50" s="1"/>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="9"/>
       <c r="B51" s="12" t="s">
         <v>45</v>
       </c>
       <c r="C51" s="9">
-        <v>1986</v>
+        <v>1990</v>
       </c>
       <c r="D51" s="9" t="s">
         <v>50</v>
       </c>
       <c r="E51" s="12" t="s">
         <v>53</v>
       </c>
       <c r="F51" s="7"/>
       <c r="G51" s="7"/>
       <c r="H51" s="1"/>
     </row>
     <row r="52" spans="1:8" customHeight="1" ht="3">
       <c r="A52" s="9"/>
       <c r="B52" s="12"/>
       <c r="C52" s="9"/>
       <c r="D52" s="9"/>
       <c r="E52" s="12"/>
       <c r="F52" s="1"/>
       <c r="G52" s="1"/>
       <c r="H52" s="1"/>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" s="13"/>
       <c r="B53" s="8"/>
       <c r="C53" s="8"/>