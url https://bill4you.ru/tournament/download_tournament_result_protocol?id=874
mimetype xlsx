--- v0 (2025-12-19)
+++ v1 (2026-02-02)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="131">
   <si>
-    <t>Федерация бильярдного спорта России</t>
+    <t>ФБСР</t>
   </si>
   <si>
     <t>Чемпионат России 2022  «Комбинированная пирамида», мужчины</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>28.07.2022, СКК «Оренбуржье», Россия, Оренбургская область, Оренбург, просп. Гагарина,  21/1</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 16</t>
   </si>
   <si>
     <t>17 - 32</t>
   </si>
@@ -323,54 +323,54 @@
   <si>
     <t>Ясинецкий Артём</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>МСМК</t>
   </si>
   <si>
     <t>МС</t>
   </si>
   <si>
     <t>КМС</t>
   </si>
   <si>
     <t>1р</t>
   </si>
   <si>
+    <t>-</t>
+  </si>
+  <si>
     <t>2р</t>
-  </si>
-[...1 lines deleted...]
-    <t>-</t>
   </si>
   <si>
     <t>Регион</t>
   </si>
   <si>
     <t>Владимирская область</t>
   </si>
   <si>
     <t>Самарская область</t>
   </si>
   <si>
     <t>ХМАО - Югра</t>
   </si>
   <si>
     <t>Республика Татарстан (Татарстан)</t>
   </si>
   <si>
     <t>Москва</t>
   </si>
   <si>
     <t>Краснодарский край</t>
   </si>
   <si>
     <t>Саратовская область</t>
   </si>
@@ -1752,51 +1752,51 @@
       </c>
       <c r="C49" s="8">
         <v>2003</v>
       </c>
       <c r="D49" s="8" t="s">
         <v>102</v>
       </c>
       <c r="E49" s="9" t="s">
         <v>128</v>
       </c>
       <c r="F49" s="1"/>
       <c r="G49" s="1"/>
       <c r="H49" s="1"/>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B50" s="9" t="s">
         <v>58</v>
       </c>
       <c r="C50" s="8">
         <v>2006</v>
       </c>
       <c r="D50" s="8" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="E50" s="9" t="s">
         <v>118</v>
       </c>
       <c r="F50" s="1"/>
       <c r="G50" s="1"/>
       <c r="H50" s="1"/>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B51" s="9" t="s">
         <v>59</v>
       </c>
       <c r="C51" s="8">
         <v>2007</v>
       </c>
       <c r="D51" s="8" t="s">
         <v>101</v>
       </c>
       <c r="E51" s="9" t="s">
         <v>120</v>
       </c>
       <c r="F51" s="1"/>
@@ -1952,51 +1952,51 @@
       </c>
       <c r="C59" s="8">
         <v>1982</v>
       </c>
       <c r="D59" s="8" t="s">
         <v>101</v>
       </c>
       <c r="E59" s="9" t="s">
         <v>114</v>
       </c>
       <c r="F59" s="1"/>
       <c r="G59" s="1"/>
       <c r="H59" s="1"/>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B60" s="9" t="s">
         <v>68</v>
       </c>
       <c r="C60" s="8">
         <v>1978</v>
       </c>
       <c r="D60" s="8" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E60" s="9" t="s">
         <v>114</v>
       </c>
       <c r="F60" s="1"/>
       <c r="G60" s="1"/>
       <c r="H60" s="1"/>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B61" s="9" t="s">
         <v>69</v>
       </c>
       <c r="C61" s="8">
         <v>2006</v>
       </c>
       <c r="D61" s="8" t="s">
         <v>102</v>
       </c>
       <c r="E61" s="9" t="s">
         <v>114</v>
       </c>
       <c r="F61" s="1"/>
@@ -2052,51 +2052,51 @@
       </c>
       <c r="C64" s="8">
         <v>2006</v>
       </c>
       <c r="D64" s="8" t="s">
         <v>101</v>
       </c>
       <c r="E64" s="9" t="s">
         <v>108</v>
       </c>
       <c r="F64" s="1"/>
       <c r="G64" s="1"/>
       <c r="H64" s="1"/>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B65" s="9" t="s">
         <v>73</v>
       </c>
       <c r="C65" s="8">
         <v>1974</v>
       </c>
       <c r="D65" s="8" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E65" s="9" t="s">
         <v>114</v>
       </c>
       <c r="F65" s="1"/>
       <c r="G65" s="1"/>
       <c r="H65" s="1"/>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B66" s="9" t="s">
         <v>74</v>
       </c>
       <c r="C66" s="8">
         <v>1989</v>
       </c>
       <c r="D66" s="8" t="s">
         <v>102</v>
       </c>
       <c r="E66" s="9" t="s">
         <v>114</v>
       </c>
       <c r="F66" s="1"/>
@@ -2132,91 +2132,91 @@
       </c>
       <c r="C68" s="8">
         <v>1995</v>
       </c>
       <c r="D68" s="8" t="s">
         <v>101</v>
       </c>
       <c r="E68" s="9" t="s">
         <v>107</v>
       </c>
       <c r="F68" s="1"/>
       <c r="G68" s="1"/>
       <c r="H68" s="1"/>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B69" s="9" t="s">
         <v>77</v>
       </c>
       <c r="C69" s="8">
         <v>1959</v>
       </c>
       <c r="D69" s="8" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="E69" s="9" t="s">
         <v>114</v>
       </c>
       <c r="F69" s="1"/>
       <c r="G69" s="1"/>
       <c r="H69" s="1"/>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B70" s="9" t="s">
         <v>78</v>
       </c>
       <c r="C70" s="8">
         <v>2009</v>
       </c>
       <c r="D70" s="8" t="s">
         <v>102</v>
       </c>
       <c r="E70" s="9" t="s">
         <v>114</v>
       </c>
       <c r="F70" s="1"/>
       <c r="G70" s="1"/>
       <c r="H70" s="1"/>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B71" s="9" t="s">
         <v>79</v>
       </c>
       <c r="C71" s="8">
         <v>1985</v>
       </c>
       <c r="D71" s="8" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="E71" s="9" t="s">
         <v>129</v>
       </c>
       <c r="F71" s="1"/>
       <c r="G71" s="1"/>
       <c r="H71" s="1"/>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B72" s="9" t="s">
         <v>80</v>
       </c>
       <c r="C72" s="8">
         <v>1992</v>
       </c>
       <c r="D72" s="8" t="s">
         <v>101</v>
       </c>
       <c r="E72" s="9" t="s">
         <v>130</v>
       </c>
       <c r="F72" s="1"/>
@@ -2232,71 +2232,71 @@
       </c>
       <c r="C73" s="8">
         <v>2007</v>
       </c>
       <c r="D73" s="8" t="s">
         <v>102</v>
       </c>
       <c r="E73" s="9" t="s">
         <v>120</v>
       </c>
       <c r="F73" s="1"/>
       <c r="G73" s="1"/>
       <c r="H73" s="1"/>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B74" s="9" t="s">
         <v>82</v>
       </c>
       <c r="C74" s="8">
         <v>1981</v>
       </c>
       <c r="D74" s="8" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E74" s="9" t="s">
         <v>114</v>
       </c>
       <c r="F74" s="1"/>
       <c r="G74" s="1"/>
       <c r="H74" s="1"/>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B75" s="9" t="s">
         <v>83</v>
       </c>
       <c r="C75" s="8">
         <v>2000</v>
       </c>
       <c r="D75" s="8" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="E75" s="9" t="s">
         <v>122</v>
       </c>
       <c r="F75" s="1"/>
       <c r="G75" s="1"/>
       <c r="H75" s="1"/>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B76" s="9" t="s">
         <v>84</v>
       </c>
       <c r="C76" s="8">
         <v>2001</v>
       </c>
       <c r="D76" s="8" t="s">
         <v>101</v>
       </c>
       <c r="E76" s="9" t="s">
         <v>108</v>
       </c>
       <c r="F76" s="1"/>
@@ -2392,51 +2392,51 @@
       </c>
       <c r="C81" s="8">
         <v>1996</v>
       </c>
       <c r="D81" s="8" t="s">
         <v>101</v>
       </c>
       <c r="E81" s="9" t="s">
         <v>110</v>
       </c>
       <c r="F81" s="1"/>
       <c r="G81" s="1"/>
       <c r="H81" s="1"/>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B82" s="9" t="s">
         <v>90</v>
       </c>
       <c r="C82" s="8">
         <v>2004</v>
       </c>
       <c r="D82" s="8" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E82" s="9" t="s">
         <v>114</v>
       </c>
       <c r="F82" s="1"/>
       <c r="G82" s="1"/>
       <c r="H82" s="1"/>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B83" s="9" t="s">
         <v>91</v>
       </c>
       <c r="C83" s="8">
         <v>2008</v>
       </c>
       <c r="D83" s="8" t="s">
         <v>101</v>
       </c>
       <c r="E83" s="9" t="s">
         <v>127</v>
       </c>
       <c r="F83" s="1"/>
@@ -2452,51 +2452,51 @@
       </c>
       <c r="C84" s="8">
         <v>1992</v>
       </c>
       <c r="D84" s="8" t="s">
         <v>101</v>
       </c>
       <c r="E84" s="9" t="s">
         <v>130</v>
       </c>
       <c r="F84" s="1"/>
       <c r="G84" s="1"/>
       <c r="H84" s="1"/>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B85" s="9" t="s">
         <v>93</v>
       </c>
       <c r="C85" s="8">
         <v>1981</v>
       </c>
       <c r="D85" s="8" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E85" s="9" t="s">
         <v>114</v>
       </c>
       <c r="F85" s="1"/>
       <c r="G85" s="1"/>
       <c r="H85" s="1"/>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B86" s="9" t="s">
         <v>94</v>
       </c>
       <c r="C86" s="8">
         <v>2009</v>
       </c>
       <c r="D86" s="8" t="s">
         <v>100</v>
       </c>
       <c r="E86" s="9" t="s">
         <v>110</v>
       </c>
       <c r="F86" s="1"/>