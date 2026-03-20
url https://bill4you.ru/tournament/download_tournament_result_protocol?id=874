--- v1 (2026-02-02)
+++ v2 (2026-03-20)
@@ -323,54 +323,54 @@
   <si>
     <t>Ясинецкий Артём</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>МСМК</t>
   </si>
   <si>
     <t>МС</t>
   </si>
   <si>
     <t>КМС</t>
   </si>
   <si>
     <t>1р</t>
   </si>
   <si>
+    <t>2р</t>
+  </si>
+  <si>
     <t>-</t>
-  </si>
-[...1 lines deleted...]
-    <t>2р</t>
   </si>
   <si>
     <t>Регион</t>
   </si>
   <si>
     <t>Владимирская область</t>
   </si>
   <si>
     <t>Самарская область</t>
   </si>
   <si>
     <t>ХМАО - Югра</t>
   </si>
   <si>
     <t>Республика Татарстан (Татарстан)</t>
   </si>
   <si>
     <t>Москва</t>
   </si>
   <si>
     <t>Краснодарский край</t>
   </si>
   <si>
     <t>Саратовская область</t>
   </si>
@@ -1752,51 +1752,51 @@
       </c>
       <c r="C49" s="8">
         <v>2003</v>
       </c>
       <c r="D49" s="8" t="s">
         <v>102</v>
       </c>
       <c r="E49" s="9" t="s">
         <v>128</v>
       </c>
       <c r="F49" s="1"/>
       <c r="G49" s="1"/>
       <c r="H49" s="1"/>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B50" s="9" t="s">
         <v>58</v>
       </c>
       <c r="C50" s="8">
         <v>2006</v>
       </c>
       <c r="D50" s="8" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="E50" s="9" t="s">
         <v>118</v>
       </c>
       <c r="F50" s="1"/>
       <c r="G50" s="1"/>
       <c r="H50" s="1"/>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B51" s="9" t="s">
         <v>59</v>
       </c>
       <c r="C51" s="8">
         <v>2007</v>
       </c>
       <c r="D51" s="8" t="s">
         <v>101</v>
       </c>
       <c r="E51" s="9" t="s">
         <v>120</v>
       </c>
       <c r="F51" s="1"/>
@@ -1952,51 +1952,51 @@
       </c>
       <c r="C59" s="8">
         <v>1982</v>
       </c>
       <c r="D59" s="8" t="s">
         <v>101</v>
       </c>
       <c r="E59" s="9" t="s">
         <v>114</v>
       </c>
       <c r="F59" s="1"/>
       <c r="G59" s="1"/>
       <c r="H59" s="1"/>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B60" s="9" t="s">
         <v>68</v>
       </c>
       <c r="C60" s="8">
         <v>1978</v>
       </c>
       <c r="D60" s="8" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="E60" s="9" t="s">
         <v>114</v>
       </c>
       <c r="F60" s="1"/>
       <c r="G60" s="1"/>
       <c r="H60" s="1"/>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B61" s="9" t="s">
         <v>69</v>
       </c>
       <c r="C61" s="8">
         <v>2006</v>
       </c>
       <c r="D61" s="8" t="s">
         <v>102</v>
       </c>
       <c r="E61" s="9" t="s">
         <v>114</v>
       </c>
       <c r="F61" s="1"/>
@@ -2052,51 +2052,51 @@
       </c>
       <c r="C64" s="8">
         <v>2006</v>
       </c>
       <c r="D64" s="8" t="s">
         <v>101</v>
       </c>
       <c r="E64" s="9" t="s">
         <v>108</v>
       </c>
       <c r="F64" s="1"/>
       <c r="G64" s="1"/>
       <c r="H64" s="1"/>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B65" s="9" t="s">
         <v>73</v>
       </c>
       <c r="C65" s="8">
         <v>1974</v>
       </c>
       <c r="D65" s="8" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="E65" s="9" t="s">
         <v>114</v>
       </c>
       <c r="F65" s="1"/>
       <c r="G65" s="1"/>
       <c r="H65" s="1"/>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B66" s="9" t="s">
         <v>74</v>
       </c>
       <c r="C66" s="8">
         <v>1989</v>
       </c>
       <c r="D66" s="8" t="s">
         <v>102</v>
       </c>
       <c r="E66" s="9" t="s">
         <v>114</v>
       </c>
       <c r="F66" s="1"/>
@@ -2132,91 +2132,91 @@
       </c>
       <c r="C68" s="8">
         <v>1995</v>
       </c>
       <c r="D68" s="8" t="s">
         <v>101</v>
       </c>
       <c r="E68" s="9" t="s">
         <v>107</v>
       </c>
       <c r="F68" s="1"/>
       <c r="G68" s="1"/>
       <c r="H68" s="1"/>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B69" s="9" t="s">
         <v>77</v>
       </c>
       <c r="C69" s="8">
         <v>1959</v>
       </c>
       <c r="D69" s="8" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E69" s="9" t="s">
         <v>114</v>
       </c>
       <c r="F69" s="1"/>
       <c r="G69" s="1"/>
       <c r="H69" s="1"/>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B70" s="9" t="s">
         <v>78</v>
       </c>
       <c r="C70" s="8">
         <v>2009</v>
       </c>
       <c r="D70" s="8" t="s">
         <v>102</v>
       </c>
       <c r="E70" s="9" t="s">
         <v>114</v>
       </c>
       <c r="F70" s="1"/>
       <c r="G70" s="1"/>
       <c r="H70" s="1"/>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B71" s="9" t="s">
         <v>79</v>
       </c>
       <c r="C71" s="8">
         <v>1985</v>
       </c>
       <c r="D71" s="8" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E71" s="9" t="s">
         <v>129</v>
       </c>
       <c r="F71" s="1"/>
       <c r="G71" s="1"/>
       <c r="H71" s="1"/>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B72" s="9" t="s">
         <v>80</v>
       </c>
       <c r="C72" s="8">
         <v>1992</v>
       </c>
       <c r="D72" s="8" t="s">
         <v>101</v>
       </c>
       <c r="E72" s="9" t="s">
         <v>130</v>
       </c>
       <c r="F72" s="1"/>
@@ -2232,71 +2232,71 @@
       </c>
       <c r="C73" s="8">
         <v>2007</v>
       </c>
       <c r="D73" s="8" t="s">
         <v>102</v>
       </c>
       <c r="E73" s="9" t="s">
         <v>120</v>
       </c>
       <c r="F73" s="1"/>
       <c r="G73" s="1"/>
       <c r="H73" s="1"/>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B74" s="9" t="s">
         <v>82</v>
       </c>
       <c r="C74" s="8">
         <v>1981</v>
       </c>
       <c r="D74" s="8" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="E74" s="9" t="s">
         <v>114</v>
       </c>
       <c r="F74" s="1"/>
       <c r="G74" s="1"/>
       <c r="H74" s="1"/>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B75" s="9" t="s">
         <v>83</v>
       </c>
       <c r="C75" s="8">
         <v>2000</v>
       </c>
       <c r="D75" s="8" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E75" s="9" t="s">
         <v>122</v>
       </c>
       <c r="F75" s="1"/>
       <c r="G75" s="1"/>
       <c r="H75" s="1"/>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B76" s="9" t="s">
         <v>84</v>
       </c>
       <c r="C76" s="8">
         <v>2001</v>
       </c>
       <c r="D76" s="8" t="s">
         <v>101</v>
       </c>
       <c r="E76" s="9" t="s">
         <v>108</v>
       </c>
       <c r="F76" s="1"/>
@@ -2392,51 +2392,51 @@
       </c>
       <c r="C81" s="8">
         <v>1996</v>
       </c>
       <c r="D81" s="8" t="s">
         <v>101</v>
       </c>
       <c r="E81" s="9" t="s">
         <v>110</v>
       </c>
       <c r="F81" s="1"/>
       <c r="G81" s="1"/>
       <c r="H81" s="1"/>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B82" s="9" t="s">
         <v>90</v>
       </c>
       <c r="C82" s="8">
         <v>2004</v>
       </c>
       <c r="D82" s="8" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="E82" s="9" t="s">
         <v>114</v>
       </c>
       <c r="F82" s="1"/>
       <c r="G82" s="1"/>
       <c r="H82" s="1"/>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B83" s="9" t="s">
         <v>91</v>
       </c>
       <c r="C83" s="8">
         <v>2008</v>
       </c>
       <c r="D83" s="8" t="s">
         <v>101</v>
       </c>
       <c r="E83" s="9" t="s">
         <v>127</v>
       </c>
       <c r="F83" s="1"/>
@@ -2452,51 +2452,51 @@
       </c>
       <c r="C84" s="8">
         <v>1992</v>
       </c>
       <c r="D84" s="8" t="s">
         <v>101</v>
       </c>
       <c r="E84" s="9" t="s">
         <v>130</v>
       </c>
       <c r="F84" s="1"/>
       <c r="G84" s="1"/>
       <c r="H84" s="1"/>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B85" s="9" t="s">
         <v>93</v>
       </c>
       <c r="C85" s="8">
         <v>1981</v>
       </c>
       <c r="D85" s="8" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="E85" s="9" t="s">
         <v>114</v>
       </c>
       <c r="F85" s="1"/>
       <c r="G85" s="1"/>
       <c r="H85" s="1"/>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B86" s="9" t="s">
         <v>94</v>
       </c>
       <c r="C86" s="8">
         <v>2009</v>
       </c>
       <c r="D86" s="8" t="s">
         <v>100</v>
       </c>
       <c r="E86" s="9" t="s">
         <v>110</v>
       </c>
       <c r="F86" s="1"/>