--- v0 (2025-12-08)
+++ v1 (2026-03-12)
@@ -224,72 +224,72 @@
   <si>
     <t>Шилович Назар</t>
   </si>
   <si>
     <t>Шкребко Ян</t>
   </si>
   <si>
     <t>Брановский Ян</t>
   </si>
   <si>
     <t>Бруснев Дмитрий</t>
   </si>
   <si>
     <t>Булавцев Степан</t>
   </si>
   <si>
     <t>Василевский Виталий</t>
   </si>
   <si>
     <t>Ефимов Юрий</t>
   </si>
   <si>
     <t>Жабский Андрей</t>
   </si>
   <si>
-    <t>Зубарев Костя</t>
+    <t>Зубарев Константин</t>
   </si>
   <si>
     <t>Крупский Евгений</t>
   </si>
   <si>
     <t>Лобанок Константин</t>
   </si>
   <si>
     <t>Палько Вениамин</t>
   </si>
   <si>
     <t>Потрубейко Дмитрий</t>
   </si>
   <si>
+    <t>Потяг Александр</t>
+  </si>
+  <si>
     <t>Урбан Павел</t>
   </si>
   <si>
     <t>Яланский Максим</t>
-  </si>
-[...1 lines deleted...]
-    <t>Potsiah Aliaksandr</t>
   </si>
   <si>
     <t>Громыко Олег</t>
   </si>
   <si>
     <t>Драгун Юрий</t>
   </si>
   <si>
     <t>Мухамеджан Ербол</t>
   </si>
   <si>
     <t>Ануфриев Василий</t>
   </si>
   <si>
     <t>Лешкевич Николай</t>
   </si>
   <si>
     <t>Сеньков Виктор</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
@@ -1313,51 +1313,51 @@
       </c>
       <c r="C32" s="8">
         <v>1979</v>
       </c>
       <c r="D32" s="8" t="s">
         <v>87</v>
       </c>
       <c r="E32" s="9" t="s">
         <v>94</v>
       </c>
       <c r="F32" s="1"/>
       <c r="G32" s="1"/>
       <c r="H32" s="1"/>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B33" s="9" t="s">
         <v>41</v>
       </c>
       <c r="C33" s="8">
         <v>2014</v>
       </c>
       <c r="D33" s="8" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="E33" s="9" t="s">
         <v>94</v>
       </c>
       <c r="F33" s="1"/>
       <c r="G33" s="1"/>
       <c r="H33" s="1"/>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B34" s="9" t="s">
         <v>42</v>
       </c>
       <c r="C34" s="8">
         <v>1986</v>
       </c>
       <c r="D34" s="8" t="s">
         <v>89</v>
       </c>
       <c r="E34" s="9" t="s">
         <v>94</v>
       </c>
       <c r="F34" s="1"/>
@@ -1889,51 +1889,53 @@
         <v>10</v>
       </c>
       <c r="B61" s="9" t="s">
         <v>69</v>
       </c>
       <c r="C61" s="8">
         <v>1980</v>
       </c>
       <c r="D61" s="8" t="s">
         <v>90</v>
       </c>
       <c r="E61" s="9" t="s">
         <v>94</v>
       </c>
       <c r="F61" s="1"/>
       <c r="G61" s="1"/>
       <c r="H61" s="1"/>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B62" s="9" t="s">
         <v>70</v>
       </c>
-      <c r="C62" s="8"/>
+      <c r="C62" s="8">
+        <v>1985</v>
+      </c>
       <c r="D62" s="8" t="s">
         <v>90</v>
       </c>
       <c r="E62" s="9" t="s">
         <v>94</v>
       </c>
       <c r="F62" s="1"/>
       <c r="G62" s="1"/>
       <c r="H62" s="1"/>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B63" s="9" t="s">
         <v>71</v>
       </c>
       <c r="C63" s="8"/>
       <c r="D63" s="8" t="s">
         <v>90</v>
       </c>
       <c r="E63" s="9" t="s">
         <v>94</v>
       </c>
       <c r="F63" s="1"/>
@@ -1986,91 +1988,91 @@
       </c>
       <c r="B66" s="9" t="s">
         <v>74</v>
       </c>
       <c r="C66" s="8">
         <v>1995</v>
       </c>
       <c r="D66" s="8" t="s">
         <v>90</v>
       </c>
       <c r="E66" s="9" t="s">
         <v>94</v>
       </c>
       <c r="F66" s="1"/>
       <c r="G66" s="1"/>
       <c r="H66" s="1"/>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B67" s="9" t="s">
         <v>75</v>
       </c>
       <c r="C67" s="8">
-        <v>1995</v>
+        <v>1977</v>
       </c>
       <c r="D67" s="8" t="s">
         <v>90</v>
       </c>
       <c r="E67" s="9" t="s">
         <v>94</v>
       </c>
       <c r="F67" s="1"/>
       <c r="G67" s="1"/>
       <c r="H67" s="1"/>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B68" s="9" t="s">
         <v>76</v>
       </c>
       <c r="C68" s="8">
-        <v>2014</v>
+        <v>1995</v>
       </c>
       <c r="D68" s="8" t="s">
         <v>90</v>
       </c>
       <c r="E68" s="9" t="s">
         <v>94</v>
       </c>
       <c r="F68" s="1"/>
       <c r="G68" s="1"/>
       <c r="H68" s="1"/>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B69" s="9" t="s">
         <v>77</v>
       </c>
       <c r="C69" s="8">
-        <v>1977</v>
+        <v>2014</v>
       </c>
       <c r="D69" s="8" t="s">
         <v>90</v>
       </c>
       <c r="E69" s="9" t="s">
         <v>94</v>
       </c>
       <c r="F69" s="1"/>
       <c r="G69" s="1"/>
       <c r="H69" s="1"/>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B70" s="9" t="s">
         <v>78</v>
       </c>
       <c r="C70" s="8">
         <v>1994</v>
       </c>
       <c r="D70" s="8" t="s">
         <v>90</v>
       </c>
       <c r="E70" s="9" t="s">