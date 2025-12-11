--- v0 (2025-10-21)
+++ v1 (2025-12-11)
@@ -1495,51 +1495,51 @@
       </c>
       <c r="B45" s="9" t="s">
         <v>52</v>
       </c>
       <c r="C45" s="8">
         <v>1990</v>
       </c>
       <c r="D45" s="8" t="s">
         <v>59</v>
       </c>
       <c r="E45" s="9" t="s">
         <v>64</v>
       </c>
       <c r="F45" s="1"/>
       <c r="G45" s="1"/>
       <c r="H45" s="1"/>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B46" s="9" t="s">
         <v>53</v>
       </c>
       <c r="C46" s="8">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="D46" s="8" t="s">
         <v>59</v>
       </c>
       <c r="E46" s="9" t="s">
         <v>64</v>
       </c>
       <c r="F46" s="1"/>
       <c r="G46" s="1"/>
       <c r="H46" s="1"/>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" s="10"/>
       <c r="B47" s="7"/>
       <c r="C47" s="7"/>
       <c r="D47" s="7"/>
       <c r="E47" s="7"/>
       <c r="F47" s="7"/>
       <c r="G47" s="7"/>
       <c r="H47" s="1"/>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="10"/>
       <c r="B48" s="7"/>
       <c r="C48" s="7"/>