--- v1 (2025-12-11)
+++ v2 (2026-03-24)
@@ -878,51 +878,51 @@
       </c>
       <c r="C14" s="8">
         <v>1985</v>
       </c>
       <c r="D14" s="8" t="s">
         <v>60</v>
       </c>
       <c r="E14" s="9" t="s">
         <v>64</v>
       </c>
       <c r="F14" s="1"/>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B15" s="9" t="s">
         <v>22</v>
       </c>
       <c r="C15" s="8">
         <v>1990</v>
       </c>
       <c r="D15" s="8" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="E15" s="9" t="s">
         <v>65</v>
       </c>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B16" s="9" t="s">
         <v>23</v>
       </c>
       <c r="C16" s="8">
         <v>1990</v>
       </c>
       <c r="D16" s="8" t="s">
         <v>59</v>
       </c>
       <c r="E16" s="9" t="s">
         <v>64</v>
       </c>
       <c r="F16" s="1"/>