--- v0 (2025-12-03)
+++ v1 (2026-01-17)
@@ -2206,51 +2206,51 @@
       </c>
       <c r="C72" s="8">
         <v>1986</v>
       </c>
       <c r="D72" s="8" t="s">
         <v>121</v>
       </c>
       <c r="E72" s="9" t="s">
         <v>127</v>
       </c>
       <c r="F72" s="1"/>
       <c r="G72" s="1"/>
       <c r="H72" s="1"/>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B73" s="9" t="s">
         <v>82</v>
       </c>
       <c r="C73" s="8">
         <v>1979</v>
       </c>
       <c r="D73" s="8" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="E73" s="9" t="s">
         <v>127</v>
       </c>
       <c r="F73" s="1"/>
       <c r="G73" s="1"/>
       <c r="H73" s="1"/>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B74" s="9" t="s">
         <v>83</v>
       </c>
       <c r="C74" s="8">
         <v>1994</v>
       </c>
       <c r="D74" s="8" t="s">
         <v>121</v>
       </c>
       <c r="E74" s="9" t="s">
         <v>127</v>
       </c>
       <c r="F74" s="1"/>