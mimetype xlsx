--- v0 (2025-12-07)
+++ v1 (2026-02-07)
@@ -1546,51 +1546,51 @@
       </c>
       <c r="C42" s="8">
         <v>2004</v>
       </c>
       <c r="D42" s="8" t="s">
         <v>100</v>
       </c>
       <c r="E42" s="9" t="s">
         <v>105</v>
       </c>
       <c r="F42" s="1"/>
       <c r="G42" s="1"/>
       <c r="H42" s="1"/>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B43" s="9" t="s">
         <v>51</v>
       </c>
       <c r="C43" s="8">
         <v>2010</v>
       </c>
       <c r="D43" s="8" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="E43" s="9" t="s">
         <v>105</v>
       </c>
       <c r="F43" s="1"/>
       <c r="G43" s="1"/>
       <c r="H43" s="1"/>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B44" s="9" t="s">
         <v>52</v>
       </c>
       <c r="C44" s="8">
         <v>2003</v>
       </c>
       <c r="D44" s="8" t="s">
         <v>100</v>
       </c>
       <c r="E44" s="9" t="s">
         <v>105</v>
       </c>
       <c r="F44" s="1"/>