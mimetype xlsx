--- v0 (2025-10-14)
+++ v1 (2026-03-04)
@@ -116,54 +116,54 @@
   <si>
     <t>Циценко Ирина</t>
   </si>
   <si>
     <t>Чемякина Екатерина</t>
   </si>
   <si>
     <t>Яговкина Полина</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>МС</t>
   </si>
   <si>
     <t>КМС</t>
   </si>
   <si>
-    <t>1р</t>
+    <t>2р</t>
   </si>
   <si>
-    <t>2р</t>
+    <t>1р</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Регион</t>
   </si>
   <si>
     <t>Тюменская область</t>
   </si>
   <si>
     <t>Москва</t>
   </si>
   <si>
     <t>Санкт-Петербург</t>
   </si>
   <si>
     <t>Новосибирская область</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -805,171 +805,171 @@
       </c>
       <c r="C15" s="8">
         <v>2010</v>
       </c>
       <c r="D15" s="8" t="s">
         <v>32</v>
       </c>
       <c r="E15" s="9" t="s">
         <v>38</v>
       </c>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B16" s="9" t="s">
         <v>22</v>
       </c>
       <c r="C16" s="8">
         <v>2013</v>
       </c>
       <c r="D16" s="8" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E16" s="9" t="s">
         <v>38</v>
       </c>
       <c r="F16" s="1"/>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B17" s="9" t="s">
         <v>23</v>
       </c>
       <c r="C17" s="8">
         <v>1971</v>
       </c>
       <c r="D17" s="8" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="E17" s="9" t="s">
         <v>41</v>
       </c>
       <c r="F17" s="1"/>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B18" s="9" t="s">
         <v>24</v>
       </c>
       <c r="C18" s="8">
         <v>2011</v>
       </c>
       <c r="D18" s="8" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="E18" s="9" t="s">
         <v>38</v>
       </c>
       <c r="F18" s="1"/>
       <c r="G18" s="1"/>
       <c r="H18" s="1"/>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B19" s="9" t="s">
         <v>25</v>
       </c>
       <c r="C19" s="8">
         <v>2010</v>
       </c>
       <c r="D19" s="8" t="s">
         <v>33</v>
       </c>
       <c r="E19" s="9" t="s">
         <v>38</v>
       </c>
       <c r="F19" s="1"/>
       <c r="G19" s="1"/>
       <c r="H19" s="1"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B20" s="9" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="8">
         <v>2010</v>
       </c>
       <c r="D20" s="8" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E20" s="9" t="s">
         <v>41</v>
       </c>
       <c r="F20" s="1"/>
       <c r="G20" s="1"/>
       <c r="H20" s="1"/>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B21" s="9" t="s">
         <v>27</v>
       </c>
       <c r="C21" s="8">
         <v>2015</v>
       </c>
       <c r="D21" s="8" t="s">
         <v>36</v>
       </c>
       <c r="E21" s="9" t="s">
         <v>39</v>
       </c>
       <c r="F21" s="1"/>
       <c r="G21" s="1"/>
       <c r="H21" s="1"/>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B22" s="9" t="s">
         <v>28</v>
       </c>
       <c r="C22" s="8">
         <v>2013</v>
       </c>
       <c r="D22" s="8" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="E22" s="9" t="s">
         <v>38</v>
       </c>
       <c r="F22" s="1"/>
       <c r="G22" s="1"/>
       <c r="H22" s="1"/>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="10"/>
       <c r="B23" s="7"/>
       <c r="C23" s="7"/>
       <c r="D23" s="7"/>
       <c r="E23" s="7"/>
       <c r="F23" s="7"/>
       <c r="G23" s="7"/>
       <c r="H23" s="1"/>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="10"/>
       <c r="B24" s="7"/>
       <c r="C24" s="7"/>
       <c r="D24" s="7"/>
       <c r="E24" s="7"/>
       <c r="F24" s="7"/>