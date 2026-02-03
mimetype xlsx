--- v0 (2025-10-23)
+++ v1 (2026-02-03)
@@ -134,57 +134,57 @@
   <si>
     <t>Оганнисян Роланд</t>
   </si>
   <si>
     <t>Сазанов Вячеслав</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>КМС</t>
   </si>
   <si>
     <t>Город</t>
   </si>
   <si>
-    <t>Санкт-Петербург</t>
-[...1 lines deleted...]
-  <si>
     <t>Гатчина</t>
   </si>
   <si>
     <t>Волхов</t>
+  </si>
+  <si>
+    <t>Коммунар</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="1"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -671,391 +671,391 @@
       </c>
       <c r="D8" s="8" t="s">
         <v>37</v>
       </c>
       <c r="E8" s="9" t="s">
         <v>40</v>
       </c>
       <c r="F8" s="1"/>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="8">
         <v>2</v>
       </c>
       <c r="B9" s="9" t="s">
         <v>16</v>
       </c>
       <c r="C9" s="8">
         <v>1985</v>
       </c>
       <c r="D9" s="8" t="s">
         <v>37</v>
       </c>
       <c r="E9" s="9" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="F9" s="1"/>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="8">
         <v>3</v>
       </c>
       <c r="B10" s="9" t="s">
         <v>17</v>
       </c>
       <c r="C10" s="8">
         <v>1978</v>
       </c>
       <c r="D10" s="8" t="s">
         <v>37</v>
       </c>
       <c r="E10" s="9" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="F10" s="1"/>
       <c r="G10" s="1"/>
       <c r="H10" s="1"/>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="8">
         <v>4</v>
       </c>
       <c r="B11" s="9" t="s">
         <v>18</v>
       </c>
       <c r="C11" s="8">
         <v>1974</v>
       </c>
       <c r="D11" s="8" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="9" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="F11" s="1"/>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B12" s="9" t="s">
         <v>19</v>
       </c>
       <c r="C12" s="8">
         <v>1984</v>
       </c>
       <c r="D12" s="8" t="s">
         <v>37</v>
       </c>
       <c r="E12" s="9" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="F12" s="1"/>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="9" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="8">
         <v>1978</v>
       </c>
       <c r="D13" s="8" t="s">
         <v>37</v>
       </c>
       <c r="E13" s="9" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="F13" s="1"/>
       <c r="G13" s="1"/>
       <c r="H13" s="1"/>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>21</v>
       </c>
       <c r="C14" s="8">
         <v>1980</v>
       </c>
       <c r="D14" s="8" t="s">
         <v>37</v>
       </c>
       <c r="E14" s="9" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="F14" s="1"/>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B15" s="9" t="s">
         <v>22</v>
       </c>
       <c r="C15" s="8">
         <v>1986</v>
       </c>
       <c r="D15" s="8" t="s">
         <v>38</v>
       </c>
       <c r="E15" s="9" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B16" s="9" t="s">
         <v>23</v>
       </c>
       <c r="C16" s="8">
         <v>1984</v>
       </c>
       <c r="D16" s="8" t="s">
         <v>37</v>
       </c>
       <c r="E16" s="9" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="F16" s="1"/>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B17" s="9" t="s">
         <v>24</v>
       </c>
       <c r="C17" s="8">
         <v>1999</v>
       </c>
       <c r="D17" s="8" t="s">
         <v>37</v>
       </c>
       <c r="E17" s="9" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="F17" s="1"/>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B18" s="9" t="s">
         <v>25</v>
       </c>
       <c r="C18" s="8">
         <v>2003</v>
       </c>
       <c r="D18" s="8" t="s">
         <v>37</v>
       </c>
       <c r="E18" s="9" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="F18" s="1"/>
       <c r="G18" s="1"/>
       <c r="H18" s="1"/>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B19" s="9" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="8">
         <v>1984</v>
       </c>
       <c r="D19" s="8" t="s">
         <v>37</v>
       </c>
       <c r="E19" s="9" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="F19" s="1"/>
       <c r="G19" s="1"/>
       <c r="H19" s="1"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B20" s="9" t="s">
         <v>27</v>
       </c>
       <c r="C20" s="8">
         <v>1992</v>
       </c>
       <c r="D20" s="8" t="s">
         <v>37</v>
       </c>
       <c r="E20" s="9" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="F20" s="1"/>
       <c r="G20" s="1"/>
       <c r="H20" s="1"/>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B21" s="9" t="s">
         <v>28</v>
       </c>
       <c r="C21" s="8">
         <v>1980</v>
       </c>
       <c r="D21" s="8" t="s">
         <v>37</v>
       </c>
       <c r="E21" s="9" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="F21" s="1"/>
       <c r="G21" s="1"/>
       <c r="H21" s="1"/>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B22" s="9" t="s">
         <v>29</v>
       </c>
       <c r="C22" s="8">
         <v>1981</v>
       </c>
       <c r="D22" s="8" t="s">
         <v>37</v>
       </c>
       <c r="E22" s="9" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="F22" s="1"/>
       <c r="G22" s="1"/>
       <c r="H22" s="1"/>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B23" s="9" t="s">
         <v>30</v>
       </c>
       <c r="C23" s="8">
         <v>1998</v>
       </c>
       <c r="D23" s="8" t="s">
         <v>37</v>
       </c>
       <c r="E23" s="9" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="F23" s="1"/>
       <c r="G23" s="1"/>
       <c r="H23" s="1"/>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B24" s="9" t="s">
         <v>31</v>
       </c>
       <c r="C24" s="8">
         <v>1982</v>
       </c>
       <c r="D24" s="8" t="s">
         <v>37</v>
       </c>
       <c r="E24" s="9" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="F24" s="1"/>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B25" s="9" t="s">
         <v>32</v>
       </c>
       <c r="C25" s="8">
         <v>1994</v>
       </c>
       <c r="D25" s="8" t="s">
         <v>37</v>
       </c>
       <c r="E25" s="9" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="F25" s="1"/>
       <c r="G25" s="1"/>
       <c r="H25" s="1"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B26" s="9" t="s">
         <v>33</v>
       </c>
       <c r="C26" s="8">
         <v>1985</v>
       </c>
       <c r="D26" s="8" t="s">
         <v>37</v>
       </c>
       <c r="E26" s="9" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="F26" s="1"/>
       <c r="G26" s="1"/>
       <c r="H26" s="1"/>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="10"/>
       <c r="B27" s="7"/>
       <c r="C27" s="7"/>
       <c r="D27" s="7"/>
       <c r="E27" s="7"/>
       <c r="F27" s="7"/>
       <c r="G27" s="7"/>
       <c r="H27" s="1"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="10"/>
       <c r="B28" s="7"/>
       <c r="C28" s="7"/>
       <c r="D28" s="7"/>
       <c r="E28" s="7"/>
       <c r="F28" s="7"/>
       <c r="G28" s="7"/>
       <c r="H28" s="1"/>
     </row>