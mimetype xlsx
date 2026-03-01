--- v0 (2025-10-06)
+++ v1 (2026-03-01)
@@ -110,51 +110,51 @@
   <si>
     <t>Шестаков Всеволод</t>
   </si>
   <si>
     <t>Гуськов Глеб</t>
   </si>
   <si>
     <t>Корягин Иван</t>
   </si>
   <si>
     <t>Яцковский Никита</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
-    <t>3р</t>
+    <t>2р</t>
   </si>
   <si>
     <t>1р</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Россия</t>
   </si>
   <si>
     <t>Кыргызстан</t>
   </si>
   <si>
     <t>Узбекистан</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>