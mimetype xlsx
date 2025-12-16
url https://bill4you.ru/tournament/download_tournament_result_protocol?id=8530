--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>ФБС Республики Татарстан</t>
   </si>
   <si>
     <t>Чемпионат РТ по пулу "8", 2025г</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
-    <t>04.10.2025, БК Спектр, Россия, Республика Татарстан, Казань, Парковая улица 27А</t>
+    <t>04.10.2025, БК Спектр, Россия, Республика Татарстан (Татарстан), Казань, Парковая улица 27А</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 6</t>
   </si>
   <si>
     <t>7 - 8</t>
   </si>
   <si>
     <t>9 - 12</t>
   </si>
   <si>
     <t>Главный судья</t>
   </si>
   <si>
     <t>Главный секретарь</t>
   </si>
   <si>
     <t>Судья</t>
   </si>