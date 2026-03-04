--- v1 (2025-12-16)
+++ v2 (2026-03-04)
@@ -727,51 +727,51 @@
       </c>
       <c r="C12" s="8">
         <v>2008</v>
       </c>
       <c r="D12" s="8" t="s">
         <v>29</v>
       </c>
       <c r="E12" s="9" t="s">
         <v>35</v>
       </c>
       <c r="F12" s="1"/>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="9" t="s">
         <v>18</v>
       </c>
       <c r="C13" s="8">
         <v>2010</v>
       </c>
       <c r="D13" s="8" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="E13" s="9" t="s">
         <v>35</v>
       </c>
       <c r="F13" s="1"/>
       <c r="G13" s="1"/>
       <c r="H13" s="1"/>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>19</v>
       </c>
       <c r="C14" s="8">
         <v>2005</v>
       </c>
       <c r="D14" s="8" t="s">
         <v>31</v>
       </c>
       <c r="E14" s="9" t="s">
         <v>35</v>
       </c>
       <c r="F14" s="1"/>
@@ -827,51 +827,51 @@
       </c>
       <c r="C17" s="8">
         <v>2010</v>
       </c>
       <c r="D17" s="8" t="s">
         <v>33</v>
       </c>
       <c r="E17" s="9" t="s">
         <v>35</v>
       </c>
       <c r="F17" s="1"/>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B18" s="9" t="s">
         <v>23</v>
       </c>
       <c r="C18" s="8">
         <v>2010</v>
       </c>
       <c r="D18" s="8" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="E18" s="9" t="s">
         <v>35</v>
       </c>
       <c r="F18" s="1"/>
       <c r="G18" s="1"/>
       <c r="H18" s="1"/>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B19" s="9" t="s">
         <v>24</v>
       </c>
       <c r="C19" s="8">
         <v>1999</v>
       </c>
       <c r="D19" s="8" t="s">
         <v>30</v>
       </c>
       <c r="E19" s="9" t="s">
         <v>35</v>
       </c>
       <c r="F19" s="1"/>