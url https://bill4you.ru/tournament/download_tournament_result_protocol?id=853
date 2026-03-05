--- v0 (2025-10-15)
+++ v1 (2026-03-05)
@@ -1060,91 +1060,91 @@
       </c>
       <c r="C12" s="8">
         <v>1990</v>
       </c>
       <c r="D12" s="8" t="s">
         <v>123</v>
       </c>
       <c r="E12" s="9" t="s">
         <v>133</v>
       </c>
       <c r="F12" s="1"/>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="9" t="s">
         <v>21</v>
       </c>
       <c r="C13" s="8">
         <v>1994</v>
       </c>
       <c r="D13" s="8" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="E13" s="9" t="s">
         <v>131</v>
       </c>
       <c r="F13" s="1"/>
       <c r="G13" s="1"/>
       <c r="H13" s="1"/>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>22</v>
       </c>
       <c r="C14" s="8">
         <v>1988</v>
       </c>
       <c r="D14" s="8" t="s">
         <v>125</v>
       </c>
       <c r="E14" s="9" t="s">
         <v>131</v>
       </c>
       <c r="F14" s="1"/>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B15" s="9" t="s">
         <v>23</v>
       </c>
       <c r="C15" s="8">
         <v>1993</v>
       </c>
       <c r="D15" s="8" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E15" s="9" t="s">
         <v>134</v>
       </c>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B16" s="9" t="s">
         <v>24</v>
       </c>
       <c r="C16" s="8">
         <v>2000</v>
       </c>
       <c r="D16" s="8" t="s">
         <v>124</v>
       </c>
       <c r="E16" s="9" t="s">
         <v>131</v>
       </c>
       <c r="F16" s="1"/>
@@ -1580,51 +1580,51 @@
       </c>
       <c r="C38" s="8">
         <v>1989</v>
       </c>
       <c r="D38" s="8" t="s">
         <v>125</v>
       </c>
       <c r="E38" s="9" t="s">
         <v>132</v>
       </c>
       <c r="F38" s="1"/>
       <c r="G38" s="1"/>
       <c r="H38" s="1"/>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B39" s="9" t="s">
         <v>47</v>
       </c>
       <c r="C39" s="8">
         <v>2003</v>
       </c>
       <c r="D39" s="8" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="E39" s="9" t="s">
         <v>133</v>
       </c>
       <c r="F39" s="1"/>
       <c r="G39" s="1"/>
       <c r="H39" s="1"/>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B40" s="9" t="s">
         <v>48</v>
       </c>
       <c r="C40" s="8">
         <v>1985</v>
       </c>
       <c r="D40" s="8" t="s">
         <v>125</v>
       </c>
       <c r="E40" s="9" t="s">
         <v>135</v>
       </c>
       <c r="F40" s="1"/>
@@ -1920,71 +1920,71 @@
       </c>
       <c r="C55" s="8">
         <v>1998</v>
       </c>
       <c r="D55" s="8" t="s">
         <v>124</v>
       </c>
       <c r="E55" s="9" t="s">
         <v>132</v>
       </c>
       <c r="F55" s="1"/>
       <c r="G55" s="1"/>
       <c r="H55" s="1"/>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B56" s="9" t="s">
         <v>64</v>
       </c>
       <c r="C56" s="8">
         <v>1993</v>
       </c>
       <c r="D56" s="8" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="E56" s="9" t="s">
         <v>132</v>
       </c>
       <c r="F56" s="1"/>
       <c r="G56" s="1"/>
       <c r="H56" s="1"/>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B57" s="9" t="s">
         <v>65</v>
       </c>
       <c r="C57" s="8">
         <v>1997</v>
       </c>
       <c r="D57" s="8" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="E57" s="9" t="s">
         <v>132</v>
       </c>
       <c r="F57" s="1"/>
       <c r="G57" s="1"/>
       <c r="H57" s="1"/>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B58" s="9" t="s">
         <v>66</v>
       </c>
       <c r="C58" s="8">
         <v>1994</v>
       </c>
       <c r="D58" s="8" t="s">
         <v>128</v>
       </c>
       <c r="E58" s="9" t="s">
         <v>134</v>
       </c>
       <c r="F58" s="1"/>
@@ -2520,51 +2520,51 @@
       </c>
       <c r="C85" s="8">
         <v>1998</v>
       </c>
       <c r="D85" s="8" t="s">
         <v>126</v>
       </c>
       <c r="E85" s="9" t="s">
         <v>136</v>
       </c>
       <c r="F85" s="1"/>
       <c r="G85" s="1"/>
       <c r="H85" s="1"/>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B86" s="9" t="s">
         <v>94</v>
       </c>
       <c r="C86" s="8">
         <v>1992</v>
       </c>
       <c r="D86" s="8" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="E86" s="9" t="s">
         <v>132</v>
       </c>
       <c r="F86" s="1"/>
       <c r="G86" s="1"/>
       <c r="H86" s="1"/>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B87" s="9" t="s">
         <v>95</v>
       </c>
       <c r="C87" s="8">
         <v>2003</v>
       </c>
       <c r="D87" s="8" t="s">
         <v>126</v>
       </c>
       <c r="E87" s="9" t="s">
         <v>132</v>
       </c>
       <c r="F87" s="1"/>
@@ -2640,51 +2640,51 @@
       </c>
       <c r="C91" s="8">
         <v>1985</v>
       </c>
       <c r="D91" s="8" t="s">
         <v>124</v>
       </c>
       <c r="E91" s="9" t="s">
         <v>138</v>
       </c>
       <c r="F91" s="1"/>
       <c r="G91" s="1"/>
       <c r="H91" s="1"/>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B92" s="9" t="s">
         <v>100</v>
       </c>
       <c r="C92" s="8">
         <v>1991</v>
       </c>
       <c r="D92" s="8" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="E92" s="9" t="s">
         <v>134</v>
       </c>
       <c r="F92" s="1"/>
       <c r="G92" s="1"/>
       <c r="H92" s="1"/>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B93" s="9" t="s">
         <v>101</v>
       </c>
       <c r="C93" s="8">
         <v>1986</v>
       </c>
       <c r="D93" s="8" t="s">
         <v>128</v>
       </c>
       <c r="E93" s="9" t="s">
         <v>138</v>
       </c>
       <c r="F93" s="1"/>
@@ -2860,51 +2860,51 @@
       </c>
       <c r="C102" s="8">
         <v>1976</v>
       </c>
       <c r="D102" s="8" t="s">
         <v>124</v>
       </c>
       <c r="E102" s="9" t="s">
         <v>135</v>
       </c>
       <c r="F102" s="1"/>
       <c r="G102" s="1"/>
       <c r="H102" s="1"/>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B103" s="9" t="s">
         <v>111</v>
       </c>
       <c r="C103" s="8">
         <v>1998</v>
       </c>
       <c r="D103" s="8" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="E103" s="9" t="s">
         <v>132</v>
       </c>
       <c r="F103" s="1"/>
       <c r="G103" s="1"/>
       <c r="H103" s="1"/>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B104" s="9" t="s">
         <v>112</v>
       </c>
       <c r="C104" s="8">
         <v>1988</v>
       </c>
       <c r="D104" s="8" t="s">
         <v>126</v>
       </c>
       <c r="E104" s="9" t="s">
         <v>141</v>
       </c>
       <c r="F104" s="1"/>