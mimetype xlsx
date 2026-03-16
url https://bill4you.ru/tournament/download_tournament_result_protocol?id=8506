--- v0 (2025-10-06)
+++ v1 (2026-03-16)
@@ -74,51 +74,51 @@
   <si>
     <t>Спортсмен</t>
   </si>
   <si>
     <t>Цыпуштанов Алексей</t>
   </si>
   <si>
     <t>Чудинов Роман</t>
   </si>
   <si>
     <t>Бачиннова Алена</t>
   </si>
   <si>
     <t>Гринько Никита</t>
   </si>
   <si>
     <t>Ахмадеев Евгений</t>
   </si>
   <si>
     <t>Евтеева Екатерина</t>
   </si>
   <si>
     <t>Делидов Владилен</t>
   </si>
   <si>
-    <t>Kukarkin Mikhail</t>
+    <t>Кукаркин Михаил</t>
   </si>
   <si>
     <t>Карасев Евгений</t>
   </si>
   <si>
     <t>Яранцева Надежда</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Россия</t>
   </si>