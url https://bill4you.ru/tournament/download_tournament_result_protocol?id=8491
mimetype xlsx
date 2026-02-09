--- v0 (2025-10-22)
+++ v1 (2026-02-09)
@@ -62,51 +62,51 @@
   <si>
     <t>Главный судья</t>
   </si>
   <si>
     <t>Главный секретарь</t>
   </si>
   <si>
     <t>Судья</t>
   </si>
   <si>
     <t>Спортсмен</t>
   </si>
   <si>
     <t>Евгений Бутов</t>
   </si>
   <si>
     <t>Волков Виталий</t>
   </si>
   <si>
     <t>Мирошниченко Наталья</t>
   </si>
   <si>
     <t>Ivanova Tatiana</t>
   </si>
   <si>
-    <t>Александр Донец</t>
+    <t>Донец Александр</t>
   </si>
   <si>
     <t>Ilchenko Ilya</t>
   </si>
   <si>
     <t>Владимиров Сергей</t>
   </si>
   <si>
     <t>Фелоров Сергей</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Город</t>
   </si>