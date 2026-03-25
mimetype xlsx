--- v0 (2026-02-02)
+++ v1 (2026-03-25)
@@ -149,51 +149,51 @@
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>КМС</t>
   </si>
   <si>
     <t>Город</t>
   </si>
   <si>
     <t>городской посёлок Рощино</t>
   </si>
   <si>
     <t>Выборг</t>
   </si>
   <si>
     <t>Гатчина</t>
   </si>
   <si>
-    <t>Никольское</t>
+    <t>Кудрово</t>
   </si>
   <si>
     <t>Кириши</t>
   </si>
   <si>
     <t>Тихвин</t>
   </si>
   <si>
     <t>город Тельмана</t>
   </si>
   <si>
     <t>Луга</t>
   </si>
   <si>
     <t>Кингисепп</t>
   </si>
   <si>
     <t>посёлок Сосново</t>
   </si>
   <si>
     <t>Отрадное</t>
   </si>
 </sst>
 </file>
 