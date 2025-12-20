--- v0 (2025-10-19)
+++ v1 (2025-12-20)
@@ -131,72 +131,72 @@
   <si>
     <t>Абдыкаров Нурбайэл</t>
   </si>
   <si>
     <t>Акылбеков Артур</t>
   </si>
   <si>
     <t>Ивашко Валерий</t>
   </si>
   <si>
     <t>Исабаев Жаслан</t>
   </si>
   <si>
     <t>Кундас Никита</t>
   </si>
   <si>
     <t>Курманов Жакшылык</t>
   </si>
   <si>
     <t>Таштанбеков Нурсултан</t>
   </si>
   <si>
     <t>Толонбаев Байдоолот</t>
   </si>
   <si>
+    <t>Алинар Султанов</t>
+  </si>
+  <si>
     <t>Ашырбаев Куштарбек</t>
   </si>
   <si>
     <t>Голубев Арсений</t>
   </si>
   <si>
     <t>Ерханов Дидар</t>
   </si>
   <si>
     <t>Мухамедиев Динмухаммед</t>
   </si>
   <si>
     <t>Огобаев Артур</t>
   </si>
   <si>
     <t>Пистогов Арсений</t>
   </si>
   <si>
     <t>Салимжанов Ибрагим</t>
-  </si>
-[...1 lines deleted...]
-    <t>Султанов Алинар</t>
   </si>
   <si>
     <t>Осмонов Темирлан</t>
   </si>
   <si>
     <t>Тимур-уулу Алишер</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>КМС</t>
   </si>
   <si>
     <t>МС</t>
   </si>
   <si>
     <t>-</t>
   </si>
@@ -991,51 +991,51 @@
       </c>
       <c r="C21" s="8">
         <v>2006</v>
       </c>
       <c r="D21" s="8" t="s">
         <v>52</v>
       </c>
       <c r="E21" s="9" t="s">
         <v>59</v>
       </c>
       <c r="F21" s="1"/>
       <c r="G21" s="1"/>
       <c r="H21" s="1"/>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B22" s="9" t="s">
         <v>29</v>
       </c>
       <c r="C22" s="8">
         <v>2003</v>
       </c>
       <c r="D22" s="8" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="E22" s="9" t="s">
         <v>63</v>
       </c>
       <c r="F22" s="1"/>
       <c r="G22" s="1"/>
       <c r="H22" s="1"/>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B23" s="9" t="s">
         <v>30</v>
       </c>
       <c r="C23" s="8">
         <v>2007</v>
       </c>
       <c r="D23" s="8" t="s">
         <v>53</v>
       </c>
       <c r="E23" s="9" t="s">
         <v>59</v>
       </c>
       <c r="F23" s="1"/>
@@ -1188,194 +1188,194 @@
       </c>
       <c r="B31" s="9" t="s">
         <v>38</v>
       </c>
       <c r="C31" s="8">
         <v>2008</v>
       </c>
       <c r="D31" s="8" t="s">
         <v>55</v>
       </c>
       <c r="E31" s="9" t="s">
         <v>61</v>
       </c>
       <c r="F31" s="1"/>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B32" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C32" s="8">
-        <v>2002</v>
+        <v>2006</v>
       </c>
       <c r="D32" s="8" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="E32" s="9" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="F32" s="1"/>
       <c r="G32" s="1"/>
       <c r="H32" s="1"/>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B33" s="9" t="s">
         <v>40</v>
       </c>
       <c r="C33" s="8">
-        <v>2007</v>
+        <v>2002</v>
       </c>
       <c r="D33" s="8" t="s">
         <v>54</v>
       </c>
       <c r="E33" s="9" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="F33" s="1"/>
       <c r="G33" s="1"/>
       <c r="H33" s="1"/>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B34" s="9" t="s">
         <v>41</v>
       </c>
       <c r="C34" s="8">
-        <v>2004</v>
+        <v>2007</v>
       </c>
       <c r="D34" s="8" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="E34" s="9" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="F34" s="1"/>
       <c r="G34" s="1"/>
       <c r="H34" s="1"/>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B35" s="9" t="s">
         <v>42</v>
       </c>
       <c r="C35" s="8">
-        <v>2007</v>
+        <v>2004</v>
       </c>
       <c r="D35" s="8" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="E35" s="9" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="F35" s="1"/>
       <c r="G35" s="1"/>
       <c r="H35" s="1"/>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B36" s="9" t="s">
         <v>43</v>
       </c>
       <c r="C36" s="8">
-        <v>2009</v>
+        <v>2007</v>
       </c>
       <c r="D36" s="8" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="E36" s="9" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="F36" s="1"/>
       <c r="G36" s="1"/>
       <c r="H36" s="1"/>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B37" s="9" t="s">
         <v>44</v>
       </c>
       <c r="C37" s="8">
         <v>2009</v>
       </c>
       <c r="D37" s="8" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="E37" s="9" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="F37" s="1"/>
       <c r="G37" s="1"/>
       <c r="H37" s="1"/>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B38" s="9" t="s">
         <v>45</v>
       </c>
       <c r="C38" s="8">
-        <v>2007</v>
+        <v>2009</v>
       </c>
       <c r="D38" s="8" t="s">
         <v>54</v>
       </c>
       <c r="E38" s="9" t="s">
         <v>60</v>
       </c>
       <c r="F38" s="1"/>
       <c r="G38" s="1"/>
       <c r="H38" s="1"/>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B39" s="9" t="s">
         <v>46</v>
       </c>
       <c r="C39" s="8">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="D39" s="8" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="E39" s="9" t="s">
         <v>60</v>
       </c>
       <c r="F39" s="1"/>
       <c r="G39" s="1"/>
       <c r="H39" s="1"/>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B40" s="9" t="s">
         <v>47</v>
       </c>
       <c r="C40" s="8">
         <v>2004</v>
       </c>
       <c r="D40" s="8" t="s">
         <v>54</v>
       </c>
       <c r="E40" s="9" t="s">
         <v>61</v>
       </c>
       <c r="F40" s="1"/>