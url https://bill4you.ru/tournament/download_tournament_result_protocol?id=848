--- v1 (2025-12-20)
+++ v2 (2026-03-05)
@@ -131,72 +131,72 @@
   <si>
     <t>Абдыкаров Нурбайэл</t>
   </si>
   <si>
     <t>Акылбеков Артур</t>
   </si>
   <si>
     <t>Ивашко Валерий</t>
   </si>
   <si>
     <t>Исабаев Жаслан</t>
   </si>
   <si>
     <t>Кундас Никита</t>
   </si>
   <si>
     <t>Курманов Жакшылык</t>
   </si>
   <si>
     <t>Таштанбеков Нурсултан</t>
   </si>
   <si>
     <t>Толонбаев Байдоолот</t>
   </si>
   <si>
-    <t>Алинар Султанов</t>
-[...1 lines deleted...]
-  <si>
     <t>Ашырбаев Куштарбек</t>
   </si>
   <si>
     <t>Голубев Арсений</t>
   </si>
   <si>
     <t>Ерханов Дидар</t>
   </si>
   <si>
     <t>Мухамедиев Динмухаммед</t>
   </si>
   <si>
     <t>Огобаев Артур</t>
   </si>
   <si>
     <t>Пистогов Арсений</t>
   </si>
   <si>
     <t>Салимжанов Ибрагим</t>
+  </si>
+  <si>
+    <t>Султанов Алинар</t>
   </si>
   <si>
     <t>Осмонов Темирлан</t>
   </si>
   <si>
     <t>Тимур-уулу Алишер</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>КМС</t>
   </si>
   <si>
     <t>МС</t>
   </si>
   <si>
     <t>-</t>
   </si>
@@ -1188,194 +1188,194 @@
       </c>
       <c r="B31" s="9" t="s">
         <v>38</v>
       </c>
       <c r="C31" s="8">
         <v>2008</v>
       </c>
       <c r="D31" s="8" t="s">
         <v>55</v>
       </c>
       <c r="E31" s="9" t="s">
         <v>61</v>
       </c>
       <c r="F31" s="1"/>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B32" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C32" s="8">
-        <v>2006</v>
+        <v>2002</v>
       </c>
       <c r="D32" s="8" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="E32" s="9" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="F32" s="1"/>
       <c r="G32" s="1"/>
       <c r="H32" s="1"/>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B33" s="9" t="s">
         <v>40</v>
       </c>
       <c r="C33" s="8">
-        <v>2002</v>
+        <v>2007</v>
       </c>
       <c r="D33" s="8" t="s">
         <v>54</v>
       </c>
       <c r="E33" s="9" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="F33" s="1"/>
       <c r="G33" s="1"/>
       <c r="H33" s="1"/>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B34" s="9" t="s">
         <v>41</v>
       </c>
       <c r="C34" s="8">
-        <v>2007</v>
+        <v>2004</v>
       </c>
       <c r="D34" s="8" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="E34" s="9" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="F34" s="1"/>
       <c r="G34" s="1"/>
       <c r="H34" s="1"/>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B35" s="9" t="s">
         <v>42</v>
       </c>
       <c r="C35" s="8">
-        <v>2004</v>
+        <v>2007</v>
       </c>
       <c r="D35" s="8" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="E35" s="9" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="F35" s="1"/>
       <c r="G35" s="1"/>
       <c r="H35" s="1"/>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B36" s="9" t="s">
         <v>43</v>
       </c>
       <c r="C36" s="8">
-        <v>2007</v>
+        <v>2009</v>
       </c>
       <c r="D36" s="8" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="E36" s="9" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="F36" s="1"/>
       <c r="G36" s="1"/>
       <c r="H36" s="1"/>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B37" s="9" t="s">
         <v>44</v>
       </c>
       <c r="C37" s="8">
         <v>2009</v>
       </c>
       <c r="D37" s="8" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="E37" s="9" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="F37" s="1"/>
       <c r="G37" s="1"/>
       <c r="H37" s="1"/>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B38" s="9" t="s">
         <v>45</v>
       </c>
       <c r="C38" s="8">
-        <v>2009</v>
+        <v>2007</v>
       </c>
       <c r="D38" s="8" t="s">
         <v>54</v>
       </c>
       <c r="E38" s="9" t="s">
         <v>60</v>
       </c>
       <c r="F38" s="1"/>
       <c r="G38" s="1"/>
       <c r="H38" s="1"/>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B39" s="9" t="s">
         <v>46</v>
       </c>
       <c r="C39" s="8">
-        <v>2007</v>
+        <v>2006</v>
       </c>
       <c r="D39" s="8" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="E39" s="9" t="s">
         <v>60</v>
       </c>
       <c r="F39" s="1"/>
       <c r="G39" s="1"/>
       <c r="H39" s="1"/>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B40" s="9" t="s">
         <v>47</v>
       </c>
       <c r="C40" s="8">
         <v>2004</v>
       </c>
       <c r="D40" s="8" t="s">
         <v>54</v>
       </c>
       <c r="E40" s="9" t="s">
         <v>61</v>
       </c>
       <c r="F40" s="1"/>