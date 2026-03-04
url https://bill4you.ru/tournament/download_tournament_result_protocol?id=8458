--- v0 (2025-10-02)
+++ v1 (2026-03-04)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
     <t>ФБС Республики Татарстан</t>
   </si>
   <si>
     <t>Чемпионат РТ по пулу "14+1", 2025г</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
-    <t>27.09.2025, БК Спектр, Россия, Республика Татарстан, Казань, Парковая улица 27А</t>
+    <t>27.09.2025, БК Спектр, Россия, Республика Татарстан (Татарстан), Казань, Парковая улица 27А</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 12</t>
   </si>
   <si>
     <t>13 - 14</t>
   </si>
   <si>
     <t>Главный судья</t>
   </si>
   <si>
     <t>Главный секретарь</t>
   </si>
   <si>
     <t>Судья</t>
   </si>
@@ -813,51 +813,51 @@
       </c>
       <c r="C16" s="8">
         <v>2004</v>
       </c>
       <c r="D16" s="8" t="s">
         <v>33</v>
       </c>
       <c r="E16" s="9" t="s">
         <v>37</v>
       </c>
       <c r="F16" s="1"/>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B17" s="9" t="s">
         <v>22</v>
       </c>
       <c r="C17" s="8">
         <v>2010</v>
       </c>
       <c r="D17" s="8" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E17" s="9" t="s">
         <v>37</v>
       </c>
       <c r="F17" s="1"/>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B18" s="9" t="s">
         <v>23</v>
       </c>
       <c r="C18" s="8">
         <v>2010</v>
       </c>
       <c r="D18" s="8" t="s">
         <v>32</v>
       </c>
       <c r="E18" s="9" t="s">
         <v>37</v>
       </c>
       <c r="F18" s="1"/>
@@ -893,51 +893,51 @@
       </c>
       <c r="C20" s="8">
         <v>2010</v>
       </c>
       <c r="D20" s="8" t="s">
         <v>35</v>
       </c>
       <c r="E20" s="9" t="s">
         <v>37</v>
       </c>
       <c r="F20" s="1"/>
       <c r="G20" s="1"/>
       <c r="H20" s="1"/>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B21" s="9" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="8">
         <v>2010</v>
       </c>
       <c r="D21" s="8" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E21" s="9" t="s">
         <v>37</v>
       </c>
       <c r="F21" s="1"/>
       <c r="G21" s="1"/>
       <c r="H21" s="1"/>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="10"/>
       <c r="B22" s="7"/>
       <c r="C22" s="7"/>
       <c r="D22" s="7"/>
       <c r="E22" s="7"/>
       <c r="F22" s="7"/>
       <c r="G22" s="7"/>
       <c r="H22" s="1"/>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="10"/>
       <c r="B23" s="7"/>
       <c r="C23" s="7"/>
       <c r="D23" s="7"/>
       <c r="E23" s="7"/>
       <c r="F23" s="7"/>