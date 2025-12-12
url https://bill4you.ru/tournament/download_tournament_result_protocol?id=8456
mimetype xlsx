--- v0 (2025-10-03)
+++ v1 (2025-12-12)
@@ -125,60 +125,60 @@
   <si>
     <t>Шеховцев Александр</t>
   </si>
   <si>
     <t>Потапов Алексей</t>
   </si>
   <si>
     <t>Татарских Егор</t>
   </si>
   <si>
     <t>Шилов Сергей</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>МС</t>
   </si>
   <si>
-    <t>КМС</t>
+    <t>1р</t>
   </si>
   <si>
     <t>3р</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
-    <t>1р</t>
+    <t>КМС</t>
   </si>
   <si>
     <t>2р</t>
   </si>
   <si>
     <t>Город</t>
   </si>
   <si>
     <t>Пермь</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -731,131 +731,131 @@
       </c>
       <c r="C11" s="8">
         <v>1971</v>
       </c>
       <c r="D11" s="8" t="s">
         <v>39</v>
       </c>
       <c r="E11" s="9" t="s">
         <v>43</v>
       </c>
       <c r="F11" s="1"/>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B12" s="9" t="s">
         <v>18</v>
       </c>
       <c r="C12" s="8">
         <v>2008</v>
       </c>
       <c r="D12" s="8" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="E12" s="9" t="s">
         <v>43</v>
       </c>
       <c r="F12" s="1"/>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="9" t="s">
         <v>19</v>
       </c>
       <c r="C13" s="8">
         <v>1997</v>
       </c>
       <c r="D13" s="8" t="s">
         <v>38</v>
       </c>
       <c r="E13" s="9" t="s">
         <v>43</v>
       </c>
       <c r="F13" s="1"/>
       <c r="G13" s="1"/>
       <c r="H13" s="1"/>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="8">
         <v>2012</v>
       </c>
       <c r="D14" s="8" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="E14" s="9" t="s">
         <v>43</v>
       </c>
       <c r="F14" s="1"/>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B15" s="9" t="s">
         <v>21</v>
       </c>
       <c r="C15" s="8">
         <v>1990</v>
       </c>
       <c r="D15" s="8" t="s">
         <v>39</v>
       </c>
       <c r="E15" s="9" t="s">
         <v>43</v>
       </c>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B16" s="9" t="s">
         <v>22</v>
       </c>
       <c r="C16" s="8">
         <v>2008</v>
       </c>
       <c r="D16" s="8" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="E16" s="9" t="s">
         <v>43</v>
       </c>
       <c r="F16" s="1"/>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B17" s="9" t="s">
         <v>23</v>
       </c>
       <c r="C17" s="8">
         <v>1993</v>
       </c>
       <c r="D17" s="8" t="s">
         <v>39</v>
       </c>
       <c r="E17" s="9" t="s">
         <v>43</v>
       </c>
       <c r="F17" s="1"/>
@@ -869,51 +869,51 @@
       <c r="B18" s="9" t="s">
         <v>24</v>
       </c>
       <c r="C18" s="8"/>
       <c r="D18" s="8" t="s">
         <v>39</v>
       </c>
       <c r="E18" s="9" t="s">
         <v>43</v>
       </c>
       <c r="F18" s="1"/>
       <c r="G18" s="1"/>
       <c r="H18" s="1"/>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B19" s="9" t="s">
         <v>25</v>
       </c>
       <c r="C19" s="8">
         <v>2005</v>
       </c>
       <c r="D19" s="8" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="E19" s="9" t="s">
         <v>43</v>
       </c>
       <c r="F19" s="1"/>
       <c r="G19" s="1"/>
       <c r="H19" s="1"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B20" s="9" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="8">
         <v>1987</v>
       </c>
       <c r="D20" s="8" t="s">
         <v>39</v>
       </c>
       <c r="E20" s="9" t="s">
         <v>43</v>
       </c>
       <c r="F20" s="1"/>