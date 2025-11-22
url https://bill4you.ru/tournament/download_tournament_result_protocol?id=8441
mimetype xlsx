--- v0 (2025-10-03)
+++ v1 (2025-11-22)
@@ -104,57 +104,57 @@
   <si>
     <t>Мацаков Марк</t>
   </si>
   <si>
     <t>Нигилько Семён</t>
   </si>
   <si>
     <t>Цмакалов Мирон</t>
   </si>
   <si>
     <t>Гасанова Амина</t>
   </si>
   <si>
     <t>Косухин Фёдор</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
-    <t>1юн</t>
+    <t>2р</t>
   </si>
   <si>
     <t>1р</t>
   </si>
   <si>
-    <t>2р</t>
+    <t>1юн</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>3юн</t>
   </si>
   <si>
     <t>Город</t>
   </si>
   <si>
     <t>Ростов-на-Дону</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -670,71 +670,71 @@
       </c>
       <c r="C9" s="8">
         <v>2012</v>
       </c>
       <c r="D9" s="8" t="s">
         <v>31</v>
       </c>
       <c r="E9" s="9" t="s">
         <v>36</v>
       </c>
       <c r="F9" s="1"/>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="8">
         <v>3</v>
       </c>
       <c r="B10" s="9" t="s">
         <v>15</v>
       </c>
       <c r="C10" s="8">
         <v>2012</v>
       </c>
       <c r="D10" s="8" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="E10" s="9" t="s">
         <v>36</v>
       </c>
       <c r="F10" s="1"/>
       <c r="G10" s="1"/>
       <c r="H10" s="1"/>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="8">
         <v>3</v>
       </c>
       <c r="B11" s="9" t="s">
         <v>16</v>
       </c>
       <c r="C11" s="8">
         <v>2014</v>
       </c>
       <c r="D11" s="8" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="E11" s="9" t="s">
         <v>36</v>
       </c>
       <c r="F11" s="1"/>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B12" s="9" t="s">
         <v>17</v>
       </c>
       <c r="C12" s="8">
         <v>2016</v>
       </c>
       <c r="D12" s="8" t="s">
         <v>33</v>
       </c>
       <c r="E12" s="9" t="s">
         <v>36</v>
       </c>
       <c r="F12" s="1"/>