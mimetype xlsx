--- v0 (2025-10-03)
+++ v1 (2026-01-10)
@@ -185,51 +185,51 @@
   <si>
     <t>Роменский Александр</t>
   </si>
   <si>
     <t>Простосердов Александр</t>
   </si>
   <si>
     <t>Гаскевич Алексей</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>1р</t>
   </si>
   <si>
-    <t>1юн</t>
+    <t>2р</t>
   </si>
   <si>
     <t>КМС</t>
   </si>
   <si>
     <t>Город</t>
   </si>
   <si>
     <t>Ростов-на-Дону</t>
   </si>
   <si>
     <t>Батайск</t>
   </si>
   <si>
     <t>Таганрог</t>
   </si>
   <si>
     <t>Донецк</t>
   </si>
   <si>
     <t>Шахты</t>
   </si>
 </sst>
 </file>
 