--- v0 (2025-10-03)
+++ v1 (2026-03-25)
@@ -47,75 +47,75 @@
   <si>
     <t>20.09.2025, Центр бильярдного спорта «Ольгино», Россия, Санкт-Петербург, ул. Приморское шоссе 4к1</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>Главный судья</t>
   </si>
   <si>
     <t>Главный секретарь</t>
   </si>
   <si>
     <t>Судья</t>
   </si>
   <si>
     <t>Спортсмен</t>
   </si>
   <si>
     <t>Камалетдинов Тимофей</t>
   </si>
   <si>
-    <t>Никита Сапонов</t>
+    <t>Кудашкин Артем</t>
   </si>
   <si>
     <t>г.р.</t>
+  </si>
+  <si>
+    <t>Иванов Вадим</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>КМС</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Город</t>
   </si>
   <si>
     <t>Санкт-Петербург</t>
-  </si>
-[...1 lines deleted...]
-    <t>Кировск</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="1"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -559,91 +559,91 @@
       <c r="A3" s="4" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:8" customHeight="1" ht="35">
       <c r="A4" s="5" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="6" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="8" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="8" t="s">
         <v>9</v>
       </c>
       <c r="C7" s="8" t="s">
         <v>12</v>
       </c>
       <c r="D7" s="8" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E7" s="8" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F7" s="1"/>
       <c r="G7" s="1"/>
       <c r="H7" s="1"/>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="8">
         <v>1</v>
       </c>
       <c r="B8" s="9" t="s">
         <v>10</v>
       </c>
       <c r="C8" s="8">
         <v>2010</v>
       </c>
       <c r="D8" s="8" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E8" s="9" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F8" s="1"/>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="8">
         <v>2</v>
       </c>
       <c r="B9" s="9" t="s">
         <v>11</v>
       </c>
       <c r="C9" s="8">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="D9" s="8" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E9" s="9" t="s">
         <v>19</v>
       </c>
       <c r="F9" s="1"/>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="10"/>
       <c r="B10" s="7"/>
       <c r="C10" s="7"/>
       <c r="D10" s="7"/>
       <c r="E10" s="7"/>
       <c r="F10" s="7"/>
       <c r="G10" s="7"/>
       <c r="H10" s="1"/>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="10"/>
       <c r="B11" s="7"/>
       <c r="C11" s="7"/>
       <c r="D11" s="7"/>
       <c r="E11" s="7"/>
       <c r="F11" s="7"/>
@@ -658,75 +658,75 @@
       <c r="C12" s="7" t="s">
         <v>13</v>
       </c>
       <c r="D12" s="7"/>
       <c r="E12" s="7"/>
       <c r="F12" s="7"/>
       <c r="G12" s="7"/>
       <c r="H12" s="1"/>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="10"/>
       <c r="B13" s="7"/>
       <c r="C13" s="7"/>
       <c r="D13" s="7"/>
       <c r="E13" s="7"/>
       <c r="F13" s="7"/>
       <c r="G13" s="7"/>
       <c r="H13" s="1"/>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="10" t="s">
         <v>7</v>
       </c>
       <c r="B14" s="7"/>
       <c r="C14" s="7" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D14" s="7"/>
       <c r="E14" s="7"/>
       <c r="F14" s="7"/>
       <c r="G14" s="7"/>
       <c r="H14" s="1"/>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="10"/>
       <c r="B15" s="7"/>
       <c r="C15" s="7"/>
       <c r="D15" s="7"/>
       <c r="E15" s="7"/>
       <c r="F15" s="7"/>
       <c r="G15" s="7"/>
       <c r="H15" s="1"/>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B16" s="7"/>
       <c r="C16" s="7" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D16" s="7"/>
       <c r="E16" s="7"/>
       <c r="F16" s="7"/>
       <c r="G16" s="7"/>
       <c r="H16" s="1"/>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="11"/>
       <c r="B17" s="1"/>
       <c r="C17" s="1"/>
       <c r="D17" s="1"/>
       <c r="E17" s="1"/>
       <c r="F17" s="1"/>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="11"/>
       <c r="B18" s="1"/>
       <c r="C18" s="1"/>
       <c r="D18" s="1"/>
       <c r="E18" s="1"/>
       <c r="F18" s="1"/>
       <c r="G18" s="1"/>